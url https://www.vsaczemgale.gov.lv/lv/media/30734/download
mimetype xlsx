--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -6,67 +6,68 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Zemgale\A.Budžeti\2025\tāmes publicēšanai mājas lapā\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A967B208-487D-4163-B1D4-B6632C7F152D}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5B911FC-6B64-4335-8B60-CDF76FFC494B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="38400" windowHeight="16605" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="38400" windowHeight="16905" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PB_TAME" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">PB_TAME!$20:$20</definedName>
   </definedNames>
-  <calcPr calcId="999999"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E135" i="1" l="1"/>
+  <c r="E136" i="1" l="1"/>
+  <c r="E135" i="1"/>
   <c r="E134" i="1"/>
   <c r="E133" i="1"/>
   <c r="E132" i="1"/>
   <c r="E131" i="1"/>
   <c r="E130" i="1"/>
   <c r="E129" i="1"/>
   <c r="E128" i="1"/>
   <c r="E127" i="1"/>
   <c r="E126" i="1"/>
   <c r="E125" i="1"/>
   <c r="E124" i="1"/>
   <c r="E123" i="1"/>
   <c r="E122" i="1"/>
   <c r="E121" i="1"/>
   <c r="E120" i="1"/>
   <c r="E119" i="1"/>
   <c r="E118" i="1"/>
   <c r="E117" i="1"/>
   <c r="E116" i="1"/>
   <c r="E115" i="1"/>
   <c r="E114" i="1"/>
   <c r="E113" i="1"/>
   <c r="E112" i="1"/>
   <c r="E111" i="1"/>
   <c r="E110" i="1"/>
@@ -140,65 +141,65 @@
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="E40" i="1"/>
   <c r="E39" i="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="E22" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="171">
   <si>
     <t>Tāme Nr. P180694001</t>
   </si>
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Tāmes izveides datums</t>
   </si>
   <si>
-    <t>20.10.2025 15:07:46</t>
+    <t>26.11.2025 16:31:27</t>
   </si>
   <si>
     <t>Budžeta veids</t>
   </si>
   <si>
     <t>Pamatbudžets</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Iestāde</t>
   </si>
   <si>
     <t>Valsts sociālās aprūpes centrs "Zemgale"</t>
   </si>
   <si>
     <t>0694</t>
   </si>
   <si>
     <t>Ministrija (centrālā valsts iestāde)</t>
   </si>
   <si>
     <t>Labklājības ministrija</t>
   </si>
@@ -253,51 +254,51 @@
   <si>
     <t>01</t>
   </si>
   <si>
     <t>Konta numurs</t>
   </si>
   <si>
     <t>LV25TREL218069400100B</t>
   </si>
   <si>
     <t>Sākotnējais budžets</t>
   </si>
   <si>
     <t>Nē</t>
   </si>
   <si>
     <t>Dokuments</t>
   </si>
   <si>
     <t>EKK</t>
   </si>
   <si>
     <t>Dati atlasīti uz</t>
   </si>
   <si>
-    <t>Zane Renebuša (20.10.25 15:47)</t>
+    <t>Zane Renebuša (27.11.25 11:07)</t>
   </si>
   <si>
     <t>(euro)</t>
   </si>
   <si>
     <t>Kods</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Tāme (iepriekšējā versija)</t>
   </si>
   <si>
     <t>Izmaiņas</t>
   </si>
   <si>
     <t>Tāme</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
@@ -644,179 +645,153 @@
     <t>B200</t>
   </si>
   <si>
     <t>Kapitālie izdevumi</t>
   </si>
   <si>
     <t>B210</t>
   </si>
   <si>
     <t>Pamatkapitāla veidošana</t>
   </si>
   <si>
     <t>Pamatlīdzekļi, ieguldījuma īpašumi un bioloģiskie aktīvi</t>
   </si>
   <si>
     <t>Pārējie pamatlīdzekļi</t>
   </si>
   <si>
     <t>Transportlīdzekļi</t>
   </si>
   <si>
     <t>Datortehnika, sakaru un cita biroja tehnika</t>
   </si>
   <si>
     <t>Pārējie iepriekš neklasificētie pamatlīdzekļi un ieguldījuma īpašumi</t>
+  </si>
+  <si>
+    <t>Pamatlīdzekļu un ieguldījuma īpašumu izveidošana un nepabeigtā būvniecība</t>
   </si>
   <si>
     <t>Kapitālais remonts un rekonstrukcija</t>
   </si>
   <si>
     <t>ŠIS DOKUMENTS IR SAGATAVOTS UN APSTIPRINĀTS E-PAKALPOJUMĀ, IZMANTOJOT LIETOTĀJA ELEKTRONISKĀS IDENTIFIKĀCIJAS LĪDZEKĻUS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman Baltic"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
-      <family val="1"/>
-      <charset val="186"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="20">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...7 lines deleted...]
-      <right/>
       <top/>
       <bottom style="hair">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
@@ -998,254 +973,235 @@
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="dotted">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="63">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="centerContinuous" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-      <protection locked="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="4"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="5"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="5"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="7"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1520,2975 +1476,2959 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z141"/>
+  <dimension ref="A1:Z137"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A118" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A137" sqref="A137:XFD139"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A137" sqref="A137:XFD141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="18.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="48.5" style="1" customWidth="1"/>
     <col min="3" max="4" width="20.33203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.33203125" style="2" customWidth="1"/>
     <col min="6" max="6" width="3.6640625" style="2" customWidth="1"/>
     <col min="7" max="25" width="9.33203125" style="3" customWidth="1"/>
     <col min="26" max="26" width="9.33203125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A1" s="57" t="s">
+      <c r="A1" s="50" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="57"/>
-[...3 lines deleted...]
-      <c r="F1" s="14"/>
+      <c r="B1" s="50"/>
+      <c r="C1" s="50"/>
+      <c r="D1" s="50"/>
+      <c r="E1" s="50"/>
+      <c r="F1" s="7"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
     </row>
     <row r="2" spans="1:25" s="2" customFormat="1" ht="6.75" customHeight="1">
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
-      <c r="E2" s="17"/>
-      <c r="F2" s="17"/>
+      <c r="E2" s="10"/>
+      <c r="F2" s="10"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A3" s="15" t="s">
+      <c r="A3" s="8" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="15"/>
-[...2 lines deleted...]
-      <c r="E3" s="19" t="s">
+      <c r="B3" s="8"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="18"/>
+      <c r="F3" s="11"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
     </row>
     <row r="4" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A4" s="16" t="s">
+      <c r="A4" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="16"/>
-[...2 lines deleted...]
-      <c r="E4" s="32" t="s">
+      <c r="B4" s="9"/>
+      <c r="C4" s="9"/>
+      <c r="D4" s="9"/>
+      <c r="E4" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="F4" s="18"/>
+      <c r="F4" s="11"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
     </row>
     <row r="5" spans="1:25" s="2" customFormat="1">
-      <c r="A5" s="33" t="s">
+      <c r="A5" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="59" t="s">
+      <c r="B5" s="52" t="s">
         <v>6</v>
       </c>
-      <c r="C5" s="59"/>
-[...1 lines deleted...]
-      <c r="E5" s="37" t="s">
+      <c r="C5" s="52"/>
+      <c r="D5" s="53"/>
+      <c r="E5" s="30" t="s">
         <v>7</v>
       </c>
-      <c r="F5" s="17"/>
+      <c r="F5" s="10"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
     </row>
     <row r="6" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A6" s="34" t="s">
+      <c r="A6" s="27" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="61" t="s">
+      <c r="B6" s="54" t="s">
         <v>9</v>
       </c>
-      <c r="C6" s="61"/>
-[...1 lines deleted...]
-      <c r="E6" s="38" t="s">
+      <c r="C6" s="54"/>
+      <c r="D6" s="55"/>
+      <c r="E6" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="F6" s="21"/>
+      <c r="F6" s="14"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
     </row>
     <row r="7" spans="1:25" s="4" customFormat="1" ht="24" customHeight="1">
-      <c r="A7" s="35" t="s">
+      <c r="A7" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="B7" s="61" t="s">
+      <c r="B7" s="54" t="s">
         <v>12</v>
       </c>
-      <c r="C7" s="61"/>
-[...1 lines deleted...]
-      <c r="E7" s="38" t="s">
+      <c r="C7" s="54"/>
+      <c r="D7" s="55"/>
+      <c r="E7" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="F7" s="21"/>
+      <c r="F7" s="14"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
     </row>
     <row r="8" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A8" s="35" t="s">
+      <c r="A8" s="28" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="61" t="s">
+      <c r="B8" s="54" t="s">
         <v>15</v>
       </c>
-      <c r="C8" s="61"/>
-[...1 lines deleted...]
-      <c r="E8" s="38" t="s">
+      <c r="C8" s="54"/>
+      <c r="D8" s="55"/>
+      <c r="E8" s="31" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="21"/>
+      <c r="F8" s="14"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
     </row>
     <row r="9" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A9" s="35" t="s">
+      <c r="A9" s="28" t="s">
         <v>17</v>
       </c>
-      <c r="B9" s="61" t="s">
+      <c r="B9" s="54" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="61"/>
-[...1 lines deleted...]
-      <c r="E9" s="38" t="s">
+      <c r="C9" s="54"/>
+      <c r="D9" s="55"/>
+      <c r="E9" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="F9" s="21"/>
+      <c r="F9" s="14"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
     </row>
     <row r="10" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A10" s="35" t="s">
+      <c r="A10" s="28" t="s">
         <v>20</v>
       </c>
-      <c r="B10" s="61" t="s">
+      <c r="B10" s="54" t="s">
         <v>21</v>
       </c>
-      <c r="C10" s="61"/>
-[...1 lines deleted...]
-      <c r="E10" s="38" t="s">
+      <c r="C10" s="54"/>
+      <c r="D10" s="55"/>
+      <c r="E10" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="F10" s="21"/>
+      <c r="F10" s="14"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
     </row>
     <row r="11" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A11" s="35" t="s">
+      <c r="A11" s="28" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="61" t="s">
+      <c r="B11" s="54" t="s">
         <v>24</v>
       </c>
-      <c r="C11" s="61"/>
-[...1 lines deleted...]
-      <c r="E11" s="38" t="s">
+      <c r="C11" s="54"/>
+      <c r="D11" s="55"/>
+      <c r="E11" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="F11" s="21"/>
+      <c r="F11" s="14"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
     </row>
     <row r="12" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-      <c r="A12" s="35" t="s">
+      <c r="A12" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="B12" s="61"/>
-[...3 lines deleted...]
-      <c r="F12" s="21"/>
+      <c r="B12" s="54"/>
+      <c r="C12" s="54"/>
+      <c r="D12" s="55"/>
+      <c r="E12" s="31"/>
+      <c r="F12" s="14"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
     </row>
     <row r="13" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A13" s="39" t="s">
+      <c r="A13" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="61" t="s">
+      <c r="B13" s="54" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="61"/>
-[...1 lines deleted...]
-      <c r="E13" s="38" t="s">
+      <c r="C13" s="54"/>
+      <c r="D13" s="55"/>
+      <c r="E13" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="F13" s="21"/>
+      <c r="F13" s="14"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
     </row>
     <row r="14" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A14" s="35" t="s">
+      <c r="A14" s="28" t="s">
         <v>30</v>
       </c>
-      <c r="B14" s="61" t="s">
+      <c r="B14" s="54" t="s">
         <v>31</v>
       </c>
-      <c r="C14" s="61"/>
-[...2 lines deleted...]
-      <c r="F14" s="21"/>
+      <c r="C14" s="54"/>
+      <c r="D14" s="55"/>
+      <c r="E14" s="31"/>
+      <c r="F14" s="14"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
     </row>
     <row r="15" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A15" s="35" t="s">
+      <c r="A15" s="28" t="s">
         <v>32</v>
       </c>
-      <c r="B15" s="41"/>
-[...2 lines deleted...]
-      <c r="E15" s="38" t="s">
+      <c r="B15" s="34"/>
+      <c r="C15" s="34"/>
+      <c r="D15" s="35"/>
+      <c r="E15" s="31" t="s">
         <v>33</v>
       </c>
-      <c r="F15" s="21"/>
+      <c r="F15" s="14"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
     </row>
     <row r="16" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-      <c r="A16" s="35" t="s">
+      <c r="A16" s="28" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="41"/>
-[...3 lines deleted...]
-      <c r="F16" s="21"/>
+      <c r="B16" s="34"/>
+      <c r="C16" s="34"/>
+      <c r="D16" s="35"/>
+      <c r="E16" s="31"/>
+      <c r="F16" s="14"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
     </row>
     <row r="17" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-      <c r="A17" s="35" t="s">
+      <c r="A17" s="28" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="41"/>
-[...3 lines deleted...]
-      <c r="F17" s="21"/>
+      <c r="B17" s="34"/>
+      <c r="C17" s="34"/>
+      <c r="D17" s="35"/>
+      <c r="E17" s="31"/>
+      <c r="F17" s="14"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
     </row>
     <row r="18" spans="1:25" s="4" customFormat="1" ht="16.5" hidden="1" customHeight="1">
-      <c r="A18" s="36" t="s">
+      <c r="A18" s="29" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="43"/>
-[...3 lines deleted...]
-      <c r="F18" s="21"/>
+      <c r="B18" s="36"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="37"/>
+      <c r="E18" s="33"/>
+      <c r="F18" s="14"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
     </row>
     <row r="19" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A19" s="31" t="s">
+      <c r="A19" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E19" s="20" t="s">
+      <c r="E19" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="F19" s="20"/>
+      <c r="F19" s="13"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
     </row>
     <row r="20" spans="1:25" s="6" customFormat="1" ht="36" customHeight="1">
-      <c r="A20" s="25" t="s">
+      <c r="A20" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="26" t="s">
+      <c r="B20" s="19" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="26" t="s">
+      <c r="C20" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="D20" s="26" t="s">
+      <c r="D20" s="19" t="s">
         <v>42</v>
       </c>
-      <c r="E20" s="27" t="s">
+      <c r="E20" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="F20" s="22"/>
+      <c r="F20" s="15"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
     </row>
     <row r="21" spans="1:25" s="6" customFormat="1">
-      <c r="A21" s="28" t="s">
+      <c r="A21" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="28" t="s">
+      <c r="B21" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="C21" s="28">
+      <c r="C21" s="21">
         <v>1</v>
       </c>
-      <c r="D21" s="28">
+      <c r="D21" s="21">
         <v>2</v>
       </c>
-      <c r="E21" s="28">
+      <c r="E21" s="21">
         <v>3</v>
       </c>
-      <c r="F21" s="23"/>
+      <c r="F21" s="16"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
       <c r="T21" s="3"/>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
     </row>
     <row r="22" spans="1:25" s="2" customFormat="1">
-      <c r="A22" s="45" t="s">
+      <c r="A22" s="38" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="46" t="s">
+      <c r="B22" s="39" t="s">
         <v>47</v>
       </c>
-      <c r="C22" s="47">
-[...5 lines deleted...]
-      <c r="E22" s="47">
+      <c r="C22" s="40">
+        <v>19709294</v>
+      </c>
+      <c r="D22" s="40">
+        <v>1043985</v>
+      </c>
+      <c r="E22" s="40">
         <f t="shared" ref="E22:E53" si="0">C22+D22</f>
-        <v>19709294</v>
-[...1 lines deleted...]
-      <c r="F22" s="24"/>
+        <v>20753279</v>
+      </c>
+      <c r="F22" s="17"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
       <c r="P22" s="3"/>
       <c r="Q22" s="3"/>
       <c r="R22" s="3"/>
       <c r="S22" s="3"/>
       <c r="T22" s="3"/>
       <c r="U22" s="3"/>
       <c r="V22" s="3"/>
       <c r="W22" s="3"/>
       <c r="X22" s="3"/>
       <c r="Y22" s="3"/>
     </row>
     <row r="23" spans="1:25" ht="25.5">
-      <c r="A23" s="48" t="s">
+      <c r="A23" s="41" t="s">
         <v>48</v>
       </c>
-      <c r="B23" s="46" t="s">
+      <c r="B23" s="39" t="s">
         <v>49</v>
       </c>
-      <c r="C23" s="47">
+      <c r="C23" s="40">
         <v>3671015</v>
       </c>
-      <c r="D23" s="47">
+      <c r="D23" s="40">
+        <v>153227</v>
+      </c>
+      <c r="E23" s="40">
+        <f t="shared" si="0"/>
+        <v>3824242</v>
+      </c>
+      <c r="F23" s="17"/>
+    </row>
+    <row r="24" spans="1:25" ht="25.5">
+      <c r="A24" s="42" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" s="43" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="44">
+        <v>3659273</v>
+      </c>
+      <c r="D24" s="44">
+        <v>150351</v>
+      </c>
+      <c r="E24" s="44">
+        <f t="shared" si="0"/>
+        <v>3809624</v>
+      </c>
+      <c r="F24" s="17"/>
+    </row>
+    <row r="25" spans="1:25">
+      <c r="A25" s="45">
+        <v>21380</v>
+      </c>
+      <c r="B25" s="43" t="s">
+        <v>52</v>
+      </c>
+      <c r="C25" s="44">
+        <v>104513</v>
+      </c>
+      <c r="D25" s="44">
+        <v>152</v>
+      </c>
+      <c r="E25" s="44">
+        <f t="shared" si="0"/>
+        <v>104665</v>
+      </c>
+      <c r="F25" s="17"/>
+    </row>
+    <row r="26" spans="1:25" ht="25.5">
+      <c r="A26" s="47">
+        <v>21381</v>
+      </c>
+      <c r="B26" s="43" t="s">
+        <v>53</v>
+      </c>
+      <c r="C26" s="44">
+        <v>81036</v>
+      </c>
+      <c r="D26" s="44">
         <v>0</v>
       </c>
-      <c r="E23" s="47">
-[...56 lines deleted...]
-      <c r="E26" s="51">
+      <c r="E26" s="44">
         <f t="shared" si="0"/>
         <v>81036</v>
       </c>
-      <c r="F26" s="24"/>
+      <c r="F26" s="17"/>
     </row>
     <row r="27" spans="1:25">
-      <c r="A27" s="54">
+      <c r="A27" s="47">
         <v>21383</v>
       </c>
-      <c r="B27" s="50" t="s">
+      <c r="B27" s="43" t="s">
         <v>54</v>
       </c>
-      <c r="C27" s="51">
+      <c r="C27" s="44">
         <v>20508</v>
       </c>
-      <c r="D27" s="51">
+      <c r="D27" s="44">
         <v>0</v>
       </c>
-      <c r="E27" s="51">
+      <c r="E27" s="44">
         <f t="shared" si="0"/>
         <v>20508</v>
       </c>
-      <c r="F27" s="24"/>
+      <c r="F27" s="17"/>
     </row>
     <row r="28" spans="1:25">
-      <c r="A28" s="54">
+      <c r="A28" s="47">
         <v>21384</v>
       </c>
-      <c r="B28" s="50" t="s">
+      <c r="B28" s="43" t="s">
         <v>55</v>
       </c>
-      <c r="C28" s="51">
+      <c r="C28" s="44">
         <v>2969</v>
       </c>
-      <c r="D28" s="51">
+      <c r="D28" s="44">
+        <v>152</v>
+      </c>
+      <c r="E28" s="44">
+        <f t="shared" si="0"/>
+        <v>3121</v>
+      </c>
+      <c r="F28" s="17"/>
+    </row>
+    <row r="29" spans="1:25" ht="25.5">
+      <c r="A29" s="45">
+        <v>21390</v>
+      </c>
+      <c r="B29" s="43" t="s">
+        <v>56</v>
+      </c>
+      <c r="C29" s="44">
+        <v>3554760</v>
+      </c>
+      <c r="D29" s="44">
+        <v>150199</v>
+      </c>
+      <c r="E29" s="44">
+        <f t="shared" si="0"/>
+        <v>3704959</v>
+      </c>
+      <c r="F29" s="17"/>
+    </row>
+    <row r="30" spans="1:25" ht="25.5">
+      <c r="A30" s="47">
+        <v>21391</v>
+      </c>
+      <c r="B30" s="43" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" s="44">
+        <v>3424578</v>
+      </c>
+      <c r="D30" s="44">
+        <v>148699</v>
+      </c>
+      <c r="E30" s="44">
+        <f t="shared" si="0"/>
+        <v>3573277</v>
+      </c>
+      <c r="F30" s="17"/>
+    </row>
+    <row r="31" spans="1:25">
+      <c r="A31" s="47">
+        <v>21394</v>
+      </c>
+      <c r="B31" s="43" t="s">
+        <v>58</v>
+      </c>
+      <c r="C31" s="44">
+        <v>130086</v>
+      </c>
+      <c r="D31" s="44">
+        <v>1500</v>
+      </c>
+      <c r="E31" s="44">
+        <f t="shared" si="0"/>
+        <v>131586</v>
+      </c>
+      <c r="F31" s="17"/>
+    </row>
+    <row r="32" spans="1:25">
+      <c r="A32" s="47">
+        <v>21399</v>
+      </c>
+      <c r="B32" s="43" t="s">
+        <v>59</v>
+      </c>
+      <c r="C32" s="44">
+        <v>96</v>
+      </c>
+      <c r="D32" s="44">
         <v>0</v>
       </c>
-      <c r="E28" s="51">
-[...75 lines deleted...]
-      <c r="E32" s="51">
+      <c r="E32" s="44">
         <f t="shared" si="0"/>
         <v>96</v>
       </c>
-      <c r="F32" s="24"/>
+      <c r="F32" s="17"/>
     </row>
     <row r="33" spans="1:6" ht="38.25">
-      <c r="A33" s="49" t="s">
+      <c r="A33" s="42" t="s">
         <v>60</v>
       </c>
-      <c r="B33" s="50" t="s">
+      <c r="B33" s="43" t="s">
         <v>61</v>
       </c>
-      <c r="C33" s="51">
-[...5 lines deleted...]
-      <c r="E33" s="51">
+      <c r="C33" s="44">
+        <v>11742</v>
+      </c>
+      <c r="D33" s="44">
+        <v>2876</v>
+      </c>
+      <c r="E33" s="44">
         <f t="shared" si="0"/>
+        <v>14618</v>
+      </c>
+      <c r="F33" s="17"/>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="45" t="s">
+        <v>62</v>
+      </c>
+      <c r="B34" s="43" t="s">
+        <v>63</v>
+      </c>
+      <c r="C34" s="44">
         <v>11742</v>
       </c>
-      <c r="F33" s="24"/>
-[...5 lines deleted...]
-      <c r="B34" s="50" t="s">
+      <c r="D34" s="44">
+        <v>2876</v>
+      </c>
+      <c r="E34" s="44">
+        <f t="shared" si="0"/>
+        <v>14618</v>
+      </c>
+      <c r="F34" s="17"/>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="47">
+        <v>21490</v>
+      </c>
+      <c r="B35" s="43" t="s">
         <v>63</v>
       </c>
-      <c r="C34" s="51">
-[...5 lines deleted...]
-      <c r="E34" s="51">
+      <c r="C35" s="44">
+        <v>11742</v>
+      </c>
+      <c r="D35" s="44">
+        <v>2876</v>
+      </c>
+      <c r="E35" s="44">
         <f t="shared" si="0"/>
-        <v>11742</v>
-[...16 lines deleted...]
-      <c r="E35" s="51">
+        <v>14618</v>
+      </c>
+      <c r="F35" s="17"/>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="41" t="s">
+        <v>64</v>
+      </c>
+      <c r="B36" s="39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C36" s="40">
+        <v>16038279</v>
+      </c>
+      <c r="D36" s="40">
+        <v>890758</v>
+      </c>
+      <c r="E36" s="40">
         <f t="shared" si="0"/>
-        <v>11742</v>
-[...16 lines deleted...]
-      <c r="E36" s="47">
+        <v>16929037</v>
+      </c>
+      <c r="F36" s="17"/>
+    </row>
+    <row r="37" spans="1:6" ht="25.5">
+      <c r="A37" s="42">
+        <v>21710</v>
+      </c>
+      <c r="B37" s="43" t="s">
+        <v>66</v>
+      </c>
+      <c r="C37" s="44">
+        <v>16038279</v>
+      </c>
+      <c r="D37" s="44">
+        <v>890758</v>
+      </c>
+      <c r="E37" s="44">
         <f t="shared" si="0"/>
-        <v>16038279</v>
-[...16 lines deleted...]
-      <c r="E37" s="51">
+        <v>16929037</v>
+      </c>
+      <c r="F37" s="17"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="38" t="s">
+        <v>67</v>
+      </c>
+      <c r="B38" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="C38" s="40">
+        <v>19709294</v>
+      </c>
+      <c r="D38" s="40">
+        <v>1043985</v>
+      </c>
+      <c r="E38" s="40">
         <f t="shared" si="0"/>
-        <v>16038279</v>
-[...16 lines deleted...]
-      <c r="E38" s="47">
+        <v>20753279</v>
+      </c>
+      <c r="F38" s="17"/>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="B39" s="39" t="s">
+        <v>70</v>
+      </c>
+      <c r="C39" s="40">
+        <v>19481420</v>
+      </c>
+      <c r="D39" s="40">
+        <v>385301</v>
+      </c>
+      <c r="E39" s="40">
         <f t="shared" si="0"/>
-        <v>19709294</v>
-[...16 lines deleted...]
-      <c r="E39" s="47">
+        <v>19866721</v>
+      </c>
+      <c r="F39" s="17"/>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="42" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" s="43" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" s="44">
+        <v>18678266</v>
+      </c>
+      <c r="D40" s="44">
+        <v>362801</v>
+      </c>
+      <c r="E40" s="44">
         <f t="shared" si="0"/>
-        <v>19481420</v>
-[...16 lines deleted...]
-      <c r="E40" s="51">
+        <v>19041067</v>
+      </c>
+      <c r="F40" s="17"/>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="45">
+        <v>1000</v>
+      </c>
+      <c r="B41" s="43" t="s">
+        <v>73</v>
+      </c>
+      <c r="C41" s="44">
+        <v>13310844</v>
+      </c>
+      <c r="D41" s="44">
+        <v>29044</v>
+      </c>
+      <c r="E41" s="44">
         <f t="shared" si="0"/>
-        <v>18678266</v>
-[...16 lines deleted...]
-      <c r="E41" s="51">
+        <v>13339888</v>
+      </c>
+      <c r="F41" s="17"/>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="47">
+        <v>1100</v>
+      </c>
+      <c r="B42" s="43" t="s">
+        <v>74</v>
+      </c>
+      <c r="C42" s="44">
+        <v>10051727</v>
+      </c>
+      <c r="D42" s="44">
+        <v>17423</v>
+      </c>
+      <c r="E42" s="44">
         <f t="shared" si="0"/>
-        <v>13310844</v>
-[...16 lines deleted...]
-      <c r="E42" s="51">
+        <v>10069150</v>
+      </c>
+      <c r="F42" s="17"/>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="48">
+        <v>1110</v>
+      </c>
+      <c r="B43" s="43" t="s">
+        <v>75</v>
+      </c>
+      <c r="C43" s="44">
+        <v>8060376</v>
+      </c>
+      <c r="D43" s="44">
+        <v>-180055</v>
+      </c>
+      <c r="E43" s="44">
         <f t="shared" si="0"/>
-        <v>10051727</v>
-[...16 lines deleted...]
-      <c r="E43" s="51">
+        <v>7880321</v>
+      </c>
+      <c r="F43" s="17"/>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="49">
+        <v>1119</v>
+      </c>
+      <c r="B44" s="43" t="s">
+        <v>76</v>
+      </c>
+      <c r="C44" s="44">
+        <v>8060376</v>
+      </c>
+      <c r="D44" s="44">
+        <v>-180055</v>
+      </c>
+      <c r="E44" s="44">
         <f t="shared" si="0"/>
-        <v>8060376</v>
-[...16 lines deleted...]
-      <c r="E44" s="51">
+        <v>7880321</v>
+      </c>
+      <c r="F44" s="17"/>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="48">
+        <v>1140</v>
+      </c>
+      <c r="B45" s="43" t="s">
+        <v>77</v>
+      </c>
+      <c r="C45" s="44">
+        <v>1985351</v>
+      </c>
+      <c r="D45" s="44">
+        <v>197478</v>
+      </c>
+      <c r="E45" s="44">
         <f t="shared" si="0"/>
-        <v>8060376</v>
-[...16 lines deleted...]
-      <c r="E45" s="51">
+        <v>2182829</v>
+      </c>
+      <c r="F45" s="17"/>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="49">
+        <v>1141</v>
+      </c>
+      <c r="B46" s="43" t="s">
+        <v>78</v>
+      </c>
+      <c r="C46" s="44">
+        <v>393794</v>
+      </c>
+      <c r="D46" s="44">
+        <v>44000</v>
+      </c>
+      <c r="E46" s="44">
         <f t="shared" si="0"/>
-        <v>1985351</v>
-[...13 lines deleted...]
-      <c r="D46" s="51">
+        <v>437794</v>
+      </c>
+      <c r="F46" s="17"/>
+    </row>
+    <row r="47" spans="1:6" ht="25.5">
+      <c r="A47" s="49">
+        <v>1142</v>
+      </c>
+      <c r="B47" s="43" t="s">
+        <v>79</v>
+      </c>
+      <c r="C47" s="44">
+        <v>202918</v>
+      </c>
+      <c r="D47" s="44">
         <v>0</v>
       </c>
-      <c r="E46" s="51">
-[...18 lines deleted...]
-      <c r="E47" s="51">
+      <c r="E47" s="44">
         <f t="shared" si="0"/>
         <v>202918</v>
       </c>
-      <c r="F47" s="24"/>
+      <c r="F47" s="17"/>
     </row>
     <row r="48" spans="1:6">
-      <c r="A48" s="56">
+      <c r="A48" s="49">
         <v>1144</v>
       </c>
-      <c r="B48" s="50" t="s">
+      <c r="B48" s="43" t="s">
         <v>80</v>
       </c>
-      <c r="C48" s="51">
-[...5 lines deleted...]
-      <c r="E48" s="51">
+      <c r="C48" s="44">
+        <v>85057</v>
+      </c>
+      <c r="D48" s="44">
+        <v>0</v>
+      </c>
+      <c r="E48" s="44">
         <f t="shared" si="0"/>
         <v>85057</v>
       </c>
-      <c r="F48" s="24"/>
+      <c r="F48" s="17"/>
     </row>
     <row r="49" spans="1:6" ht="25.5">
-      <c r="A49" s="56">
+      <c r="A49" s="49">
         <v>1145</v>
       </c>
-      <c r="B49" s="50" t="s">
+      <c r="B49" s="43" t="s">
         <v>81</v>
       </c>
-      <c r="C49" s="51">
+      <c r="C49" s="44">
         <v>867628</v>
       </c>
-      <c r="D49" s="51">
+      <c r="D49" s="44">
+        <v>94480</v>
+      </c>
+      <c r="E49" s="44">
+        <f t="shared" si="0"/>
+        <v>962108</v>
+      </c>
+      <c r="F49" s="17"/>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="49">
+        <v>1147</v>
+      </c>
+      <c r="B50" s="43" t="s">
+        <v>82</v>
+      </c>
+      <c r="C50" s="44">
+        <v>184062</v>
+      </c>
+      <c r="D50" s="44">
+        <v>35933</v>
+      </c>
+      <c r="E50" s="44">
+        <f t="shared" si="0"/>
+        <v>219995</v>
+      </c>
+      <c r="F50" s="17"/>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="49">
+        <v>1148</v>
+      </c>
+      <c r="B51" s="43" t="s">
+        <v>83</v>
+      </c>
+      <c r="C51" s="44">
+        <v>251892</v>
+      </c>
+      <c r="D51" s="44">
+        <v>23065</v>
+      </c>
+      <c r="E51" s="44">
+        <f t="shared" si="0"/>
+        <v>274957</v>
+      </c>
+      <c r="F51" s="17"/>
+    </row>
+    <row r="52" spans="1:6" ht="25.5">
+      <c r="A52" s="48">
+        <v>1150</v>
+      </c>
+      <c r="B52" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C52" s="44">
+        <v>6000</v>
+      </c>
+      <c r="D52" s="44">
         <v>0</v>
       </c>
-      <c r="E49" s="51">
-[...56 lines deleted...]
-      <c r="E52" s="51">
+      <c r="E52" s="44">
         <f t="shared" si="0"/>
         <v>6000</v>
       </c>
-      <c r="F52" s="24"/>
+      <c r="F52" s="17"/>
     </row>
     <row r="53" spans="1:6" ht="25.5">
-      <c r="A53" s="54">
+      <c r="A53" s="47">
         <v>1200</v>
       </c>
-      <c r="B53" s="50" t="s">
+      <c r="B53" s="43" t="s">
         <v>85</v>
       </c>
-      <c r="C53" s="51">
-[...5 lines deleted...]
-      <c r="E53" s="51">
+      <c r="C53" s="44">
+        <v>3259117</v>
+      </c>
+      <c r="D53" s="44">
+        <v>11621</v>
+      </c>
+      <c r="E53" s="44">
         <f t="shared" si="0"/>
-        <v>3259117</v>
-[...1 lines deleted...]
-      <c r="F53" s="24"/>
+        <v>3270738</v>
+      </c>
+      <c r="F53" s="17"/>
     </row>
     <row r="54" spans="1:6" ht="25.5">
-      <c r="A54" s="55">
+      <c r="A54" s="48">
         <v>1210</v>
       </c>
-      <c r="B54" s="50" t="s">
+      <c r="B54" s="43" t="s">
         <v>86</v>
       </c>
-      <c r="C54" s="51">
+      <c r="C54" s="44">
         <v>2491455</v>
       </c>
-      <c r="D54" s="51">
+      <c r="D54" s="44">
+        <v>5546</v>
+      </c>
+      <c r="E54" s="44">
+        <f t="shared" ref="E54:E85" si="1">C54+D54</f>
+        <v>2497001</v>
+      </c>
+      <c r="F54" s="17"/>
+    </row>
+    <row r="55" spans="1:6" ht="25.5">
+      <c r="A55" s="48">
+        <v>1220</v>
+      </c>
+      <c r="B55" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="C55" s="44">
+        <v>767662</v>
+      </c>
+      <c r="D55" s="44">
+        <v>6075</v>
+      </c>
+      <c r="E55" s="44">
+        <f t="shared" si="1"/>
+        <v>773737</v>
+      </c>
+      <c r="F55" s="17"/>
+    </row>
+    <row r="56" spans="1:6" ht="38.25">
+      <c r="A56" s="49">
+        <v>1221</v>
+      </c>
+      <c r="B56" s="43" t="s">
+        <v>88</v>
+      </c>
+      <c r="C56" s="44">
+        <v>409000</v>
+      </c>
+      <c r="D56" s="44">
+        <v>6000</v>
+      </c>
+      <c r="E56" s="44">
+        <f t="shared" si="1"/>
+        <v>415000</v>
+      </c>
+      <c r="F56" s="17"/>
+    </row>
+    <row r="57" spans="1:6" ht="25.5">
+      <c r="A57" s="49">
+        <v>1227</v>
+      </c>
+      <c r="B57" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="C57" s="44">
+        <v>331512</v>
+      </c>
+      <c r="D57" s="44">
         <v>0</v>
       </c>
-      <c r="E54" s="51">
-[...56 lines deleted...]
-      <c r="E57" s="51">
+      <c r="E57" s="44">
         <f t="shared" si="1"/>
         <v>331512</v>
       </c>
-      <c r="F57" s="24"/>
+      <c r="F57" s="17"/>
     </row>
     <row r="58" spans="1:6" ht="38.25">
-      <c r="A58" s="56">
+      <c r="A58" s="49">
         <v>1228</v>
       </c>
-      <c r="B58" s="50" t="s">
+      <c r="B58" s="43" t="s">
         <v>90</v>
       </c>
-      <c r="C58" s="51">
-[...5 lines deleted...]
-      <c r="E58" s="51">
+      <c r="C58" s="44">
+        <v>27150</v>
+      </c>
+      <c r="D58" s="44">
+        <v>75</v>
+      </c>
+      <c r="E58" s="44">
         <f t="shared" si="1"/>
-        <v>27150</v>
-[...1 lines deleted...]
-      <c r="F58" s="24"/>
+        <v>27225</v>
+      </c>
+      <c r="F58" s="17"/>
     </row>
     <row r="59" spans="1:6">
-      <c r="A59" s="52">
+      <c r="A59" s="45">
         <v>2000</v>
       </c>
-      <c r="B59" s="50" t="s">
+      <c r="B59" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="C59" s="51">
-[...5 lines deleted...]
-      <c r="E59" s="51">
+      <c r="C59" s="44">
+        <v>5367422</v>
+      </c>
+      <c r="D59" s="44">
+        <v>333757</v>
+      </c>
+      <c r="E59" s="44">
         <f t="shared" si="1"/>
-        <v>5367422</v>
-[...1 lines deleted...]
-      <c r="F59" s="24"/>
+        <v>5701179</v>
+      </c>
+      <c r="F59" s="17"/>
     </row>
     <row r="60" spans="1:6" ht="25.5">
-      <c r="A60" s="54">
+      <c r="A60" s="47">
         <v>2100</v>
       </c>
-      <c r="B60" s="50" t="s">
+      <c r="B60" s="43" t="s">
         <v>92</v>
       </c>
-      <c r="C60" s="51">
-[...5 lines deleted...]
-      <c r="E60" s="51">
+      <c r="C60" s="44">
+        <v>1877</v>
+      </c>
+      <c r="D60" s="44">
+        <v>-488</v>
+      </c>
+      <c r="E60" s="44">
         <f t="shared" si="1"/>
-        <v>1877</v>
-[...1 lines deleted...]
-      <c r="F60" s="24"/>
+        <v>1389</v>
+      </c>
+      <c r="F60" s="17"/>
     </row>
     <row r="61" spans="1:6" ht="25.5">
-      <c r="A61" s="55">
+      <c r="A61" s="48">
         <v>2110</v>
       </c>
-      <c r="B61" s="50" t="s">
+      <c r="B61" s="43" t="s">
         <v>93</v>
       </c>
-      <c r="C61" s="51">
-[...5 lines deleted...]
-      <c r="E61" s="51">
+      <c r="C61" s="44">
+        <v>852</v>
+      </c>
+      <c r="D61" s="44">
+        <v>212</v>
+      </c>
+      <c r="E61" s="44">
         <f t="shared" si="1"/>
-        <v>852</v>
-[...1 lines deleted...]
-      <c r="F61" s="24"/>
+        <v>1064</v>
+      </c>
+      <c r="F61" s="17"/>
     </row>
     <row r="62" spans="1:6">
-      <c r="A62" s="56">
+      <c r="A62" s="49">
         <v>2111</v>
       </c>
-      <c r="B62" s="50" t="s">
+      <c r="B62" s="43" t="s">
         <v>94</v>
       </c>
-      <c r="C62" s="51">
-[...5 lines deleted...]
-      <c r="E62" s="51">
+      <c r="C62" s="44">
+        <v>352</v>
+      </c>
+      <c r="D62" s="44">
+        <v>0</v>
+      </c>
+      <c r="E62" s="44">
         <f t="shared" si="1"/>
         <v>352</v>
       </c>
-      <c r="F62" s="24"/>
+      <c r="F62" s="17"/>
     </row>
     <row r="63" spans="1:6">
-      <c r="A63" s="56">
+      <c r="A63" s="49">
         <v>2112</v>
       </c>
-      <c r="B63" s="50" t="s">
+      <c r="B63" s="43" t="s">
         <v>95</v>
       </c>
-      <c r="C63" s="51">
+      <c r="C63" s="44">
         <v>500</v>
       </c>
-      <c r="D63" s="51">
-[...2 lines deleted...]
-      <c r="E63" s="51">
+      <c r="D63" s="44">
+        <v>212</v>
+      </c>
+      <c r="E63" s="44">
         <f t="shared" si="1"/>
-        <v>500</v>
-[...1 lines deleted...]
-      <c r="F63" s="24"/>
+        <v>712</v>
+      </c>
+      <c r="F63" s="17"/>
     </row>
     <row r="64" spans="1:6" ht="25.5">
-      <c r="A64" s="55">
+      <c r="A64" s="48">
         <v>2120</v>
       </c>
-      <c r="B64" s="50" t="s">
+      <c r="B64" s="43" t="s">
         <v>96</v>
       </c>
-      <c r="C64" s="51">
-[...6 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="C64" s="44">
         <v>1025</v>
       </c>
-      <c r="F64" s="24"/>
-[...14 lines deleted...]
-      <c r="E65" s="51">
+      <c r="D64" s="44">
+        <v>-700</v>
+      </c>
+      <c r="E64" s="44">
         <f t="shared" si="1"/>
         <v>325</v>
       </c>
-      <c r="F65" s="24"/>
+      <c r="F64" s="17"/>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="49">
+        <v>2121</v>
+      </c>
+      <c r="B65" s="43" t="s">
+        <v>94</v>
+      </c>
+      <c r="C65" s="44">
+        <v>325</v>
+      </c>
+      <c r="D65" s="44">
+        <v>0</v>
+      </c>
+      <c r="E65" s="44">
+        <f t="shared" si="1"/>
+        <v>325</v>
+      </c>
+      <c r="F65" s="17"/>
     </row>
     <row r="66" spans="1:6">
-      <c r="A66" s="56">
+      <c r="A66" s="49">
         <v>2122</v>
       </c>
-      <c r="B66" s="50" t="s">
+      <c r="B66" s="43" t="s">
         <v>95</v>
       </c>
-      <c r="C66" s="51">
+      <c r="C66" s="44">
         <v>700</v>
       </c>
-      <c r="D66" s="51">
+      <c r="D66" s="44">
+        <v>-700</v>
+      </c>
+      <c r="E66" s="44">
+        <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="E66" s="51">
+      <c r="F66" s="17"/>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="47">
+        <v>2200</v>
+      </c>
+      <c r="B67" s="43" t="s">
+        <v>97</v>
+      </c>
+      <c r="C67" s="44">
+        <v>1269355</v>
+      </c>
+      <c r="D67" s="44">
+        <v>119805</v>
+      </c>
+      <c r="E67" s="44">
         <f t="shared" si="1"/>
-        <v>700</v>
-[...16 lines deleted...]
-      <c r="E67" s="51">
+        <v>1389160</v>
+      </c>
+      <c r="F67" s="17"/>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="48">
+        <v>2210</v>
+      </c>
+      <c r="B68" s="43" t="s">
+        <v>98</v>
+      </c>
+      <c r="C68" s="44">
+        <v>5872</v>
+      </c>
+      <c r="D68" s="44">
+        <v>-314</v>
+      </c>
+      <c r="E68" s="44">
         <f t="shared" si="1"/>
-        <v>1269355</v>
-[...16 lines deleted...]
-      <c r="E68" s="51">
+        <v>5558</v>
+      </c>
+      <c r="F68" s="17"/>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="48">
+        <v>2220</v>
+      </c>
+      <c r="B69" s="43" t="s">
+        <v>99</v>
+      </c>
+      <c r="C69" s="44">
+        <v>413825</v>
+      </c>
+      <c r="D69" s="44">
+        <v>-1139</v>
+      </c>
+      <c r="E69" s="44">
         <f t="shared" si="1"/>
-        <v>5872</v>
-[...16 lines deleted...]
-      <c r="E69" s="51">
+        <v>412686</v>
+      </c>
+      <c r="F69" s="17"/>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="49">
+        <v>2221</v>
+      </c>
+      <c r="B70" s="43" t="s">
+        <v>100</v>
+      </c>
+      <c r="C70" s="44">
+        <v>78600</v>
+      </c>
+      <c r="D70" s="44">
+        <v>-12600</v>
+      </c>
+      <c r="E70" s="44">
         <f t="shared" si="1"/>
-        <v>413825</v>
-[...16 lines deleted...]
-      <c r="E70" s="51">
+        <v>66000</v>
+      </c>
+      <c r="F70" s="17"/>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="49">
+        <v>2222</v>
+      </c>
+      <c r="B71" s="43" t="s">
+        <v>101</v>
+      </c>
+      <c r="C71" s="44">
+        <v>63065</v>
+      </c>
+      <c r="D71" s="44">
+        <v>5677</v>
+      </c>
+      <c r="E71" s="44">
         <f t="shared" si="1"/>
-        <v>78600</v>
-[...13 lines deleted...]
-      <c r="D71" s="51">
+        <v>68742</v>
+      </c>
+      <c r="F71" s="17"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="49">
+        <v>2223</v>
+      </c>
+      <c r="B72" s="43" t="s">
+        <v>102</v>
+      </c>
+      <c r="C72" s="44">
+        <v>198625</v>
+      </c>
+      <c r="D72" s="44">
+        <v>-3052</v>
+      </c>
+      <c r="E72" s="44">
+        <f t="shared" si="1"/>
+        <v>195573</v>
+      </c>
+      <c r="F72" s="17"/>
+    </row>
+    <row r="73" spans="1:6" ht="38.25">
+      <c r="A73" s="49">
+        <v>2224</v>
+      </c>
+      <c r="B73" s="43" t="s">
+        <v>103</v>
+      </c>
+      <c r="C73" s="44">
+        <v>73535</v>
+      </c>
+      <c r="D73" s="44">
+        <v>8836</v>
+      </c>
+      <c r="E73" s="44">
+        <f t="shared" si="1"/>
+        <v>82371</v>
+      </c>
+      <c r="F73" s="17"/>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="48">
+        <v>2230</v>
+      </c>
+      <c r="B74" s="43" t="s">
+        <v>104</v>
+      </c>
+      <c r="C74" s="44">
+        <v>198206</v>
+      </c>
+      <c r="D74" s="44">
+        <v>-18258</v>
+      </c>
+      <c r="E74" s="44">
+        <f t="shared" si="1"/>
+        <v>179948</v>
+      </c>
+      <c r="F74" s="17"/>
+    </row>
+    <row r="75" spans="1:6" ht="25.5">
+      <c r="A75" s="49">
+        <v>2231</v>
+      </c>
+      <c r="B75" s="43" t="s">
+        <v>105</v>
+      </c>
+      <c r="C75" s="44">
+        <v>2406</v>
+      </c>
+      <c r="D75" s="44">
+        <v>1278</v>
+      </c>
+      <c r="E75" s="44">
+        <f t="shared" si="1"/>
+        <v>3684</v>
+      </c>
+      <c r="F75" s="17"/>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" s="49">
+        <v>2232</v>
+      </c>
+      <c r="B76" s="43" t="s">
+        <v>106</v>
+      </c>
+      <c r="C76" s="44">
+        <v>18068</v>
+      </c>
+      <c r="D76" s="44">
+        <v>-6694</v>
+      </c>
+      <c r="E76" s="44">
+        <f t="shared" si="1"/>
+        <v>11374</v>
+      </c>
+      <c r="F76" s="17"/>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="49">
+        <v>2233</v>
+      </c>
+      <c r="B77" s="43" t="s">
+        <v>107</v>
+      </c>
+      <c r="C77" s="44">
+        <v>2528</v>
+      </c>
+      <c r="D77" s="44">
+        <v>-1643</v>
+      </c>
+      <c r="E77" s="44">
+        <f t="shared" si="1"/>
+        <v>885</v>
+      </c>
+      <c r="F77" s="17"/>
+    </row>
+    <row r="78" spans="1:6" ht="25.5">
+      <c r="A78" s="49">
+        <v>2234</v>
+      </c>
+      <c r="B78" s="43" t="s">
+        <v>108</v>
+      </c>
+      <c r="C78" s="44">
+        <v>1672</v>
+      </c>
+      <c r="D78" s="44">
+        <v>-361</v>
+      </c>
+      <c r="E78" s="44">
+        <f t="shared" si="1"/>
+        <v>1311</v>
+      </c>
+      <c r="F78" s="17"/>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="49">
+        <v>2235</v>
+      </c>
+      <c r="B79" s="43" t="s">
+        <v>109</v>
+      </c>
+      <c r="C79" s="44">
+        <v>50155</v>
+      </c>
+      <c r="D79" s="44">
+        <v>-3505</v>
+      </c>
+      <c r="E79" s="44">
+        <f t="shared" si="1"/>
+        <v>46650</v>
+      </c>
+      <c r="F79" s="17"/>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="49">
+        <v>2236</v>
+      </c>
+      <c r="B80" s="43" t="s">
+        <v>110</v>
+      </c>
+      <c r="C80" s="44">
+        <v>14</v>
+      </c>
+      <c r="D80" s="44">
         <v>0</v>
       </c>
-      <c r="E71" s="51">
-[...170 lines deleted...]
-      <c r="E80" s="51">
+      <c r="E80" s="44">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
-      <c r="F80" s="24"/>
+      <c r="F80" s="17"/>
     </row>
     <row r="81" spans="1:6">
-      <c r="A81" s="56">
+      <c r="A81" s="49">
         <v>2239</v>
       </c>
-      <c r="B81" s="50" t="s">
+      <c r="B81" s="43" t="s">
         <v>111</v>
       </c>
-      <c r="C81" s="51">
+      <c r="C81" s="44">
         <v>123363</v>
       </c>
-      <c r="D81" s="51">
+      <c r="D81" s="44">
+        <v>-7333</v>
+      </c>
+      <c r="E81" s="44">
+        <f t="shared" si="1"/>
+        <v>116030</v>
+      </c>
+      <c r="F81" s="17"/>
+    </row>
+    <row r="82" spans="1:6" ht="25.5">
+      <c r="A82" s="48">
+        <v>2240</v>
+      </c>
+      <c r="B82" s="43" t="s">
+        <v>112</v>
+      </c>
+      <c r="C82" s="44">
+        <v>586587</v>
+      </c>
+      <c r="D82" s="44">
+        <v>136585</v>
+      </c>
+      <c r="E82" s="44">
+        <f t="shared" si="1"/>
+        <v>723172</v>
+      </c>
+      <c r="F82" s="17"/>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="49">
+        <v>2241</v>
+      </c>
+      <c r="B83" s="43" t="s">
+        <v>113</v>
+      </c>
+      <c r="C83" s="44">
+        <v>375547</v>
+      </c>
+      <c r="D83" s="44">
+        <v>96053</v>
+      </c>
+      <c r="E83" s="44">
+        <f t="shared" si="1"/>
+        <v>471600</v>
+      </c>
+      <c r="F83" s="17"/>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="49">
+        <v>2242</v>
+      </c>
+      <c r="B84" s="43" t="s">
+        <v>114</v>
+      </c>
+      <c r="C84" s="44">
+        <v>28945</v>
+      </c>
+      <c r="D84" s="44">
+        <v>6289</v>
+      </c>
+      <c r="E84" s="44">
+        <f t="shared" si="1"/>
+        <v>35234</v>
+      </c>
+      <c r="F84" s="17"/>
+    </row>
+    <row r="85" spans="1:6" ht="25.5">
+      <c r="A85" s="49">
+        <v>2243</v>
+      </c>
+      <c r="B85" s="43" t="s">
+        <v>115</v>
+      </c>
+      <c r="C85" s="44">
+        <v>101933</v>
+      </c>
+      <c r="D85" s="44">
+        <v>13945</v>
+      </c>
+      <c r="E85" s="44">
+        <f t="shared" si="1"/>
+        <v>115878</v>
+      </c>
+      <c r="F85" s="17"/>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="49">
+        <v>2244</v>
+      </c>
+      <c r="B86" s="43" t="s">
+        <v>116</v>
+      </c>
+      <c r="C86" s="44">
+        <v>67511</v>
+      </c>
+      <c r="D86" s="44">
+        <v>21063</v>
+      </c>
+      <c r="E86" s="44">
+        <f t="shared" ref="E86:E117" si="2">C86+D86</f>
+        <v>88574</v>
+      </c>
+      <c r="F86" s="17"/>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="49">
+        <v>2247</v>
+      </c>
+      <c r="B87" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="C87" s="44">
+        <v>1651</v>
+      </c>
+      <c r="D87" s="44">
         <v>0</v>
       </c>
-      <c r="E81" s="51">
-[...113 lines deleted...]
-      <c r="E87" s="51">
+      <c r="E87" s="44">
         <f t="shared" si="2"/>
         <v>1651</v>
       </c>
-      <c r="F87" s="24"/>
+      <c r="F87" s="17"/>
     </row>
     <row r="88" spans="1:6" ht="25.5">
-      <c r="A88" s="56">
+      <c r="A88" s="49">
         <v>2249</v>
       </c>
-      <c r="B88" s="50" t="s">
+      <c r="B88" s="43" t="s">
         <v>118</v>
       </c>
-      <c r="C88" s="51">
+      <c r="C88" s="44">
         <v>11000</v>
       </c>
-      <c r="D88" s="51">
+      <c r="D88" s="44">
+        <v>-765</v>
+      </c>
+      <c r="E88" s="44">
+        <f t="shared" si="2"/>
+        <v>10235</v>
+      </c>
+      <c r="F88" s="17"/>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="48">
+        <v>2250</v>
+      </c>
+      <c r="B89" s="43" t="s">
+        <v>119</v>
+      </c>
+      <c r="C89" s="44">
+        <v>62396</v>
+      </c>
+      <c r="D89" s="44">
+        <v>3664</v>
+      </c>
+      <c r="E89" s="44">
+        <f t="shared" si="2"/>
+        <v>66060</v>
+      </c>
+      <c r="F89" s="17"/>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="48">
+        <v>2260</v>
+      </c>
+      <c r="B90" s="43" t="s">
+        <v>120</v>
+      </c>
+      <c r="C90" s="44">
+        <v>2469</v>
+      </c>
+      <c r="D90" s="44">
+        <v>-733</v>
+      </c>
+      <c r="E90" s="44">
+        <f t="shared" si="2"/>
+        <v>1736</v>
+      </c>
+      <c r="F90" s="17"/>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" s="49">
+        <v>2263</v>
+      </c>
+      <c r="B91" s="43" t="s">
+        <v>121</v>
+      </c>
+      <c r="C91" s="44">
+        <v>1475</v>
+      </c>
+      <c r="D91" s="44">
         <v>0</v>
       </c>
-      <c r="E88" s="51">
-[...56 lines deleted...]
-      <c r="E91" s="51">
+      <c r="E91" s="44">
         <f t="shared" si="2"/>
         <v>1475</v>
       </c>
-      <c r="F91" s="24"/>
+      <c r="F91" s="17"/>
     </row>
     <row r="92" spans="1:6">
-      <c r="A92" s="56">
+      <c r="A92" s="49">
         <v>2264</v>
       </c>
-      <c r="B92" s="50" t="s">
+      <c r="B92" s="43" t="s">
         <v>122</v>
       </c>
-      <c r="C92" s="51">
+      <c r="C92" s="44">
         <v>261</v>
       </c>
-      <c r="D92" s="51">
+      <c r="D92" s="44">
         <v>0</v>
       </c>
-      <c r="E92" s="51">
+      <c r="E92" s="44">
         <f t="shared" si="2"/>
         <v>261</v>
       </c>
-      <c r="F92" s="24"/>
+      <c r="F92" s="17"/>
     </row>
     <row r="93" spans="1:6">
-      <c r="A93" s="56">
+      <c r="A93" s="49">
         <v>2269</v>
       </c>
-      <c r="B93" s="50" t="s">
+      <c r="B93" s="43" t="s">
         <v>123</v>
       </c>
-      <c r="C93" s="51">
+      <c r="C93" s="44">
         <v>733</v>
       </c>
-      <c r="D93" s="51">
+      <c r="D93" s="44">
+        <v>-733</v>
+      </c>
+      <c r="E93" s="44">
+        <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="E93" s="51">
+      <c r="F93" s="17"/>
+    </row>
+    <row r="94" spans="1:6" ht="25.5">
+      <c r="A94" s="47">
+        <v>2300</v>
+      </c>
+      <c r="B94" s="43" t="s">
+        <v>124</v>
+      </c>
+      <c r="C94" s="44">
+        <v>4050383</v>
+      </c>
+      <c r="D94" s="44">
+        <v>212359</v>
+      </c>
+      <c r="E94" s="44">
         <f t="shared" si="2"/>
-        <v>733</v>
-[...16 lines deleted...]
-      <c r="E94" s="51">
+        <v>4262742</v>
+      </c>
+      <c r="F94" s="17"/>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" s="48">
+        <v>2310</v>
+      </c>
+      <c r="B95" s="43" t="s">
+        <v>125</v>
+      </c>
+      <c r="C95" s="44">
+        <v>97472</v>
+      </c>
+      <c r="D95" s="44">
+        <v>-27049</v>
+      </c>
+      <c r="E95" s="44">
         <f t="shared" si="2"/>
-        <v>4050383</v>
-[...13 lines deleted...]
-      <c r="D95" s="51">
+        <v>70423</v>
+      </c>
+      <c r="F95" s="17"/>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96" s="49">
+        <v>2311</v>
+      </c>
+      <c r="B96" s="43" t="s">
+        <v>126</v>
+      </c>
+      <c r="C96" s="44">
+        <v>14181</v>
+      </c>
+      <c r="D96" s="44">
+        <v>-3206</v>
+      </c>
+      <c r="E96" s="44">
+        <f t="shared" si="2"/>
+        <v>10975</v>
+      </c>
+      <c r="F96" s="17"/>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="49">
+        <v>2312</v>
+      </c>
+      <c r="B97" s="43" t="s">
+        <v>127</v>
+      </c>
+      <c r="C97" s="44">
+        <v>68712</v>
+      </c>
+      <c r="D97" s="44">
+        <v>-17619</v>
+      </c>
+      <c r="E97" s="44">
+        <f t="shared" si="2"/>
+        <v>51093</v>
+      </c>
+      <c r="F97" s="17"/>
+    </row>
+    <row r="98" spans="1:6" ht="25.5">
+      <c r="A98" s="49">
+        <v>2314</v>
+      </c>
+      <c r="B98" s="43" t="s">
+        <v>128</v>
+      </c>
+      <c r="C98" s="44">
+        <v>14579</v>
+      </c>
+      <c r="D98" s="44">
+        <v>-6224</v>
+      </c>
+      <c r="E98" s="44">
+        <f t="shared" si="2"/>
+        <v>8355</v>
+      </c>
+      <c r="F98" s="17"/>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="48">
+        <v>2320</v>
+      </c>
+      <c r="B99" s="43" t="s">
+        <v>129</v>
+      </c>
+      <c r="C99" s="44">
+        <v>385564</v>
+      </c>
+      <c r="D99" s="44">
+        <v>-32635</v>
+      </c>
+      <c r="E99" s="44">
+        <f t="shared" si="2"/>
+        <v>352929</v>
+      </c>
+      <c r="F99" s="17"/>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100" s="49">
+        <v>2321</v>
+      </c>
+      <c r="B100" s="43" t="s">
+        <v>130</v>
+      </c>
+      <c r="C100" s="44">
+        <v>329917</v>
+      </c>
+      <c r="D100" s="44">
+        <v>-29192</v>
+      </c>
+      <c r="E100" s="44">
+        <f t="shared" si="2"/>
+        <v>300725</v>
+      </c>
+      <c r="F100" s="17"/>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="49">
+        <v>2322</v>
+      </c>
+      <c r="B101" s="43" t="s">
+        <v>131</v>
+      </c>
+      <c r="C101" s="44">
+        <v>55647</v>
+      </c>
+      <c r="D101" s="44">
+        <v>-3443</v>
+      </c>
+      <c r="E101" s="44">
+        <f t="shared" si="2"/>
+        <v>52204</v>
+      </c>
+      <c r="F101" s="17"/>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="48">
+        <v>2330</v>
+      </c>
+      <c r="B102" s="43" t="s">
+        <v>132</v>
+      </c>
+      <c r="C102" s="44">
+        <v>215</v>
+      </c>
+      <c r="D102" s="44">
+        <v>-41</v>
+      </c>
+      <c r="E102" s="44">
+        <f t="shared" si="2"/>
+        <v>174</v>
+      </c>
+      <c r="F102" s="17"/>
+    </row>
+    <row r="103" spans="1:6" ht="25.5">
+      <c r="A103" s="48">
+        <v>2340</v>
+      </c>
+      <c r="B103" s="43" t="s">
+        <v>133</v>
+      </c>
+      <c r="C103" s="44">
+        <v>177500</v>
+      </c>
+      <c r="D103" s="44">
+        <v>10700</v>
+      </c>
+      <c r="E103" s="44">
+        <f t="shared" si="2"/>
+        <v>188200</v>
+      </c>
+      <c r="F103" s="17"/>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="49">
+        <v>2341</v>
+      </c>
+      <c r="B104" s="43" t="s">
+        <v>134</v>
+      </c>
+      <c r="C104" s="44">
+        <v>177500</v>
+      </c>
+      <c r="D104" s="44">
+        <v>10700</v>
+      </c>
+      <c r="E104" s="44">
+        <f t="shared" si="2"/>
+        <v>188200</v>
+      </c>
+      <c r="F104" s="17"/>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105" s="48">
+        <v>2350</v>
+      </c>
+      <c r="B105" s="43" t="s">
+        <v>135</v>
+      </c>
+      <c r="C105" s="44">
+        <v>151208</v>
+      </c>
+      <c r="D105" s="44">
+        <v>15884</v>
+      </c>
+      <c r="E105" s="44">
+        <f t="shared" si="2"/>
+        <v>167092</v>
+      </c>
+      <c r="F105" s="17"/>
+    </row>
+    <row r="106" spans="1:6" ht="25.5">
+      <c r="A106" s="48">
+        <v>2360</v>
+      </c>
+      <c r="B106" s="43" t="s">
+        <v>136</v>
+      </c>
+      <c r="C106" s="44">
+        <v>3169898</v>
+      </c>
+      <c r="D106" s="44">
+        <v>245865</v>
+      </c>
+      <c r="E106" s="44">
+        <f t="shared" si="2"/>
+        <v>3415763</v>
+      </c>
+      <c r="F106" s="17"/>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="49">
+        <v>2361</v>
+      </c>
+      <c r="B107" s="43" t="s">
+        <v>137</v>
+      </c>
+      <c r="C107" s="44">
+        <v>107892</v>
+      </c>
+      <c r="D107" s="44">
+        <v>-9759</v>
+      </c>
+      <c r="E107" s="44">
+        <f t="shared" si="2"/>
+        <v>98133</v>
+      </c>
+      <c r="F107" s="17"/>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108" s="49">
+        <v>2362</v>
+      </c>
+      <c r="B108" s="43" t="s">
+        <v>138</v>
+      </c>
+      <c r="C108" s="44">
+        <v>347</v>
+      </c>
+      <c r="D108" s="44">
         <v>0</v>
       </c>
-      <c r="E95" s="51">
-[...246 lines deleted...]
-      <c r="E108" s="51">
+      <c r="E108" s="44">
         <f t="shared" si="2"/>
         <v>347</v>
       </c>
-      <c r="F108" s="24"/>
+      <c r="F108" s="17"/>
     </row>
     <row r="109" spans="1:6">
-      <c r="A109" s="56">
+      <c r="A109" s="49">
         <v>2363</v>
       </c>
-      <c r="B109" s="50" t="s">
+      <c r="B109" s="43" t="s">
         <v>139</v>
       </c>
-      <c r="C109" s="51">
+      <c r="C109" s="44">
         <v>2822289</v>
       </c>
-      <c r="D109" s="51">
+      <c r="D109" s="44">
+        <v>246069</v>
+      </c>
+      <c r="E109" s="44">
+        <f t="shared" si="2"/>
+        <v>3068358</v>
+      </c>
+      <c r="F109" s="17"/>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" s="49">
+        <v>2364</v>
+      </c>
+      <c r="B110" s="43" t="s">
+        <v>140</v>
+      </c>
+      <c r="C110" s="44">
+        <v>19000</v>
+      </c>
+      <c r="D110" s="44">
+        <v>-16471</v>
+      </c>
+      <c r="E110" s="44">
+        <f t="shared" si="2"/>
+        <v>2529</v>
+      </c>
+      <c r="F110" s="17"/>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" s="49">
+        <v>2365</v>
+      </c>
+      <c r="B111" s="43" t="s">
+        <v>141</v>
+      </c>
+      <c r="C111" s="44">
+        <v>10217</v>
+      </c>
+      <c r="D111" s="44">
+        <v>695</v>
+      </c>
+      <c r="E111" s="44">
+        <f t="shared" si="2"/>
+        <v>10912</v>
+      </c>
+      <c r="F111" s="17"/>
+    </row>
+    <row r="112" spans="1:6" ht="51">
+      <c r="A112" s="49">
+        <v>2369</v>
+      </c>
+      <c r="B112" s="43" t="s">
+        <v>142</v>
+      </c>
+      <c r="C112" s="44">
+        <v>210153</v>
+      </c>
+      <c r="D112" s="44">
+        <v>25331</v>
+      </c>
+      <c r="E112" s="44">
+        <f t="shared" si="2"/>
+        <v>235484</v>
+      </c>
+      <c r="F112" s="17"/>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" s="48">
+        <v>2390</v>
+      </c>
+      <c r="B113" s="43" t="s">
+        <v>143</v>
+      </c>
+      <c r="C113" s="44">
+        <v>68526</v>
+      </c>
+      <c r="D113" s="44">
+        <v>-365</v>
+      </c>
+      <c r="E113" s="44">
+        <f t="shared" si="2"/>
+        <v>68161</v>
+      </c>
+      <c r="F113" s="17"/>
+    </row>
+    <row r="114" spans="1:6" ht="25.5">
+      <c r="A114" s="47">
+        <v>2500</v>
+      </c>
+      <c r="B114" s="43" t="s">
+        <v>144</v>
+      </c>
+      <c r="C114" s="44">
+        <v>45807</v>
+      </c>
+      <c r="D114" s="44">
+        <v>2081</v>
+      </c>
+      <c r="E114" s="44">
+        <f t="shared" si="2"/>
+        <v>47888</v>
+      </c>
+      <c r="F114" s="17"/>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" s="48">
+        <v>2510</v>
+      </c>
+      <c r="B115" s="43" t="s">
+        <v>145</v>
+      </c>
+      <c r="C115" s="44">
+        <v>45145</v>
+      </c>
+      <c r="D115" s="44">
+        <v>2081</v>
+      </c>
+      <c r="E115" s="44">
+        <f t="shared" si="2"/>
+        <v>47226</v>
+      </c>
+      <c r="F115" s="17"/>
+    </row>
+    <row r="116" spans="1:6" ht="25.5">
+      <c r="A116" s="49">
+        <v>2512</v>
+      </c>
+      <c r="B116" s="43" t="s">
+        <v>146</v>
+      </c>
+      <c r="C116" s="44">
+        <v>37631</v>
+      </c>
+      <c r="D116" s="44">
+        <v>2749</v>
+      </c>
+      <c r="E116" s="44">
+        <f t="shared" si="2"/>
+        <v>40380</v>
+      </c>
+      <c r="F116" s="17"/>
+    </row>
+    <row r="117" spans="1:6" ht="25.5">
+      <c r="A117" s="49">
+        <v>2513</v>
+      </c>
+      <c r="B117" s="43" t="s">
+        <v>147</v>
+      </c>
+      <c r="C117" s="44">
+        <v>1510</v>
+      </c>
+      <c r="D117" s="44">
+        <v>-2</v>
+      </c>
+      <c r="E117" s="44">
+        <f t="shared" si="2"/>
+        <v>1508</v>
+      </c>
+      <c r="F117" s="17"/>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118" s="49">
+        <v>2515</v>
+      </c>
+      <c r="B118" s="43" t="s">
+        <v>148</v>
+      </c>
+      <c r="C118" s="44">
+        <v>3472</v>
+      </c>
+      <c r="D118" s="44">
+        <v>-666</v>
+      </c>
+      <c r="E118" s="44">
+        <f t="shared" ref="E118:E136" si="3">C118+D118</f>
+        <v>2806</v>
+      </c>
+      <c r="F118" s="17"/>
+    </row>
+    <row r="119" spans="1:6" ht="25.5">
+      <c r="A119" s="49">
+        <v>2519</v>
+      </c>
+      <c r="B119" s="43" t="s">
+        <v>149</v>
+      </c>
+      <c r="C119" s="44">
+        <v>2532</v>
+      </c>
+      <c r="D119" s="44">
         <v>0</v>
       </c>
-      <c r="E109" s="51">
-[...189 lines deleted...]
-      <c r="E119" s="51">
+      <c r="E119" s="44">
         <f t="shared" si="3"/>
         <v>2532</v>
       </c>
-      <c r="F119" s="24"/>
+      <c r="F119" s="17"/>
     </row>
     <row r="120" spans="1:6" ht="25.5">
-      <c r="A120" s="55">
+      <c r="A120" s="48">
         <v>2520</v>
       </c>
-      <c r="B120" s="50" t="s">
+      <c r="B120" s="43" t="s">
         <v>150</v>
       </c>
-      <c r="C120" s="51">
+      <c r="C120" s="44">
         <v>662</v>
       </c>
-      <c r="D120" s="51">
+      <c r="D120" s="44">
         <v>0</v>
       </c>
-      <c r="E120" s="51">
+      <c r="E120" s="44">
         <f t="shared" si="3"/>
         <v>662</v>
       </c>
-      <c r="F120" s="24"/>
+      <c r="F120" s="17"/>
     </row>
     <row r="121" spans="1:6" ht="25.5">
-      <c r="A121" s="49" t="s">
+      <c r="A121" s="42" t="s">
         <v>151</v>
       </c>
-      <c r="B121" s="50" t="s">
+      <c r="B121" s="43" t="s">
         <v>152</v>
       </c>
-      <c r="C121" s="51">
+      <c r="C121" s="44">
         <v>803154</v>
       </c>
-      <c r="D121" s="51">
+      <c r="D121" s="44">
+        <v>22500</v>
+      </c>
+      <c r="E121" s="44">
+        <f t="shared" si="3"/>
+        <v>825654</v>
+      </c>
+      <c r="F121" s="17"/>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122" s="45">
+        <v>6000</v>
+      </c>
+      <c r="B122" s="43" t="s">
+        <v>153</v>
+      </c>
+      <c r="C122" s="44">
+        <v>803154</v>
+      </c>
+      <c r="D122" s="44">
+        <v>22500</v>
+      </c>
+      <c r="E122" s="44">
+        <f t="shared" si="3"/>
+        <v>825654</v>
+      </c>
+      <c r="F122" s="17"/>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="A123" s="47">
+        <v>6200</v>
+      </c>
+      <c r="B123" s="43" t="s">
+        <v>154</v>
+      </c>
+      <c r="C123" s="44">
+        <v>803154</v>
+      </c>
+      <c r="D123" s="44">
+        <v>22500</v>
+      </c>
+      <c r="E123" s="44">
+        <f t="shared" si="3"/>
+        <v>825654</v>
+      </c>
+      <c r="F123" s="17"/>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" s="48">
+        <v>6230</v>
+      </c>
+      <c r="B124" s="43" t="s">
+        <v>155</v>
+      </c>
+      <c r="C124" s="44">
+        <v>287706</v>
+      </c>
+      <c r="D124" s="44">
+        <v>195</v>
+      </c>
+      <c r="E124" s="44">
+        <f t="shared" si="3"/>
+        <v>287901</v>
+      </c>
+      <c r="F124" s="17"/>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="49">
+        <v>6239</v>
+      </c>
+      <c r="B125" s="43" t="s">
+        <v>156</v>
+      </c>
+      <c r="C125" s="44">
+        <v>287706</v>
+      </c>
+      <c r="D125" s="44">
+        <v>195</v>
+      </c>
+      <c r="E125" s="44">
+        <f t="shared" si="3"/>
+        <v>287901</v>
+      </c>
+      <c r="F125" s="17"/>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" s="48">
+        <v>6290</v>
+      </c>
+      <c r="B126" s="43" t="s">
+        <v>157</v>
+      </c>
+      <c r="C126" s="44">
+        <v>515448</v>
+      </c>
+      <c r="D126" s="44">
+        <v>22305</v>
+      </c>
+      <c r="E126" s="44">
+        <f t="shared" si="3"/>
+        <v>537753</v>
+      </c>
+      <c r="F126" s="17"/>
+    </row>
+    <row r="127" spans="1:6" ht="63.75">
+      <c r="A127" s="49">
+        <v>6296</v>
+      </c>
+      <c r="B127" s="43" t="s">
+        <v>158</v>
+      </c>
+      <c r="C127" s="44">
+        <v>515448</v>
+      </c>
+      <c r="D127" s="44">
+        <v>22305</v>
+      </c>
+      <c r="E127" s="44">
+        <f t="shared" si="3"/>
+        <v>537753</v>
+      </c>
+      <c r="F127" s="17"/>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" s="41" t="s">
+        <v>159</v>
+      </c>
+      <c r="B128" s="39" t="s">
+        <v>160</v>
+      </c>
+      <c r="C128" s="40">
+        <v>227874</v>
+      </c>
+      <c r="D128" s="40">
+        <v>658684</v>
+      </c>
+      <c r="E128" s="40">
+        <f t="shared" si="3"/>
+        <v>886558</v>
+      </c>
+      <c r="F128" s="17"/>
+    </row>
+    <row r="129" spans="1:26">
+      <c r="A129" s="42" t="s">
+        <v>161</v>
+      </c>
+      <c r="B129" s="43" t="s">
+        <v>162</v>
+      </c>
+      <c r="C129" s="44">
+        <v>227874</v>
+      </c>
+      <c r="D129" s="44">
+        <v>658684</v>
+      </c>
+      <c r="E129" s="44">
+        <f t="shared" si="3"/>
+        <v>886558</v>
+      </c>
+      <c r="F129" s="17"/>
+    </row>
+    <row r="130" spans="1:26" ht="25.5">
+      <c r="A130" s="45">
+        <v>5200</v>
+      </c>
+      <c r="B130" s="43" t="s">
+        <v>163</v>
+      </c>
+      <c r="C130" s="44">
+        <v>227874</v>
+      </c>
+      <c r="D130" s="44">
+        <v>658684</v>
+      </c>
+      <c r="E130" s="44">
+        <f t="shared" si="3"/>
+        <v>886558</v>
+      </c>
+      <c r="F130" s="17"/>
+    </row>
+    <row r="131" spans="1:26">
+      <c r="A131" s="47">
+        <v>5230</v>
+      </c>
+      <c r="B131" s="43" t="s">
+        <v>164</v>
+      </c>
+      <c r="C131" s="44">
+        <v>188805</v>
+      </c>
+      <c r="D131" s="44">
+        <v>20403</v>
+      </c>
+      <c r="E131" s="44">
+        <f t="shared" si="3"/>
+        <v>209208</v>
+      </c>
+      <c r="F131" s="17"/>
+    </row>
+    <row r="132" spans="1:26">
+      <c r="A132" s="48">
+        <v>5231</v>
+      </c>
+      <c r="B132" s="43" t="s">
+        <v>165</v>
+      </c>
+      <c r="C132" s="44">
+        <v>83569</v>
+      </c>
+      <c r="D132" s="44">
         <v>0</v>
       </c>
-      <c r="E121" s="51">
-[...208 lines deleted...]
-      <c r="E132" s="51">
+      <c r="E132" s="44">
         <f t="shared" si="3"/>
         <v>83569</v>
       </c>
-      <c r="F132" s="24"/>
+      <c r="F132" s="17"/>
     </row>
     <row r="133" spans="1:26">
-      <c r="A133" s="55">
+      <c r="A133" s="48">
         <v>5238</v>
       </c>
-      <c r="B133" s="50" t="s">
+      <c r="B133" s="43" t="s">
         <v>166</v>
       </c>
-      <c r="C133" s="51">
+      <c r="C133" s="44">
         <v>4244</v>
       </c>
-      <c r="D133" s="51">
+      <c r="D133" s="44">
+        <v>2769</v>
+      </c>
+      <c r="E133" s="44">
+        <f t="shared" si="3"/>
+        <v>7013</v>
+      </c>
+      <c r="F133" s="17"/>
+    </row>
+    <row r="134" spans="1:26" ht="25.5">
+      <c r="A134" s="48">
+        <v>5239</v>
+      </c>
+      <c r="B134" s="43" t="s">
+        <v>167</v>
+      </c>
+      <c r="C134" s="44">
+        <v>100992</v>
+      </c>
+      <c r="D134" s="44">
+        <v>17634</v>
+      </c>
+      <c r="E134" s="44">
+        <f t="shared" si="3"/>
+        <v>118626</v>
+      </c>
+      <c r="F134" s="17"/>
+    </row>
+    <row r="135" spans="1:26" ht="25.5">
+      <c r="A135" s="47">
+        <v>5240</v>
+      </c>
+      <c r="B135" s="43" t="s">
+        <v>168</v>
+      </c>
+      <c r="C135" s="44">
         <v>0</v>
       </c>
-      <c r="E133" s="51">
+      <c r="D135" s="44">
+        <v>450000</v>
+      </c>
+      <c r="E135" s="44">
         <f t="shared" si="3"/>
-        <v>4244</v>
-[...16 lines deleted...]
-      <c r="E134" s="51">
+        <v>450000</v>
+      </c>
+      <c r="F135" s="17"/>
+    </row>
+    <row r="136" spans="1:26">
+      <c r="A136" s="46">
+        <v>5250</v>
+      </c>
+      <c r="B136" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C136" s="23">
+        <v>39069</v>
+      </c>
+      <c r="D136" s="23">
+        <v>188281</v>
+      </c>
+      <c r="E136" s="23">
         <f t="shared" si="3"/>
-        <v>100992</v>
-[...66 lines deleted...]
-      <c r="Z141"/>
+        <v>227350</v>
+      </c>
+      <c r="F136" s="17"/>
+    </row>
+    <row r="137" spans="1:26" ht="32.25" customHeight="1">
+      <c r="A137" s="51" t="s">
+        <v>170</v>
+      </c>
+      <c r="B137" s="51"/>
+      <c r="C137" s="51"/>
+      <c r="D137" s="51"/>
+      <c r="E137" s="51"/>
+      <c r="F137" s="1"/>
+      <c r="Z137"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A141:E141"/>
+    <mergeCell ref="A137:E137"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B14:D14"/>
   </mergeCells>
   <pageMargins left="0.23622047244093999" right="0.23622047244093999" top="0.39370078740157" bottom="0.59055118110236005" header="0.51181102362205" footer="0.31496062992126"/>
-  <pageSetup paperSize="9" scale="66" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="86" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Times New Roman"&amp;10&amp;Kc0c0c0Finanšu ministrija     &amp;R&amp;"Times New Roman"&amp;10&amp;Kc0c0c02024</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -4496,30 +4436,31 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PB_TAME</vt:lpstr>
       <vt:lpstr>PB_TAME!Drukāt_virsrakstus</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Valsts kase</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Valsts kase</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>