--- v1 (2025-12-08)
+++ v2 (2026-02-10)
@@ -6,67 +6,69 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\User\Zemgale\A.Budžeti\2025\tāmes publicēšanai mājas lapā\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5B911FC-6B64-4335-8B60-CDF76FFC494B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{651E2CEB-2E13-4202-9DEA-5B98700998B4}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="38400" windowHeight="16905" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28755" windowHeight="15885" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PB_TAME" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">PB_TAME!$20:$20</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">PB_TAME!$19:$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E136" i="1" l="1"/>
+  <c r="E138" i="1" l="1"/>
+  <c r="E137" i="1"/>
+  <c r="E136" i="1"/>
   <c r="E135" i="1"/>
   <c r="E134" i="1"/>
   <c r="E133" i="1"/>
   <c r="E132" i="1"/>
   <c r="E131" i="1"/>
   <c r="E130" i="1"/>
   <c r="E129" i="1"/>
   <c r="E128" i="1"/>
   <c r="E127" i="1"/>
   <c r="E126" i="1"/>
   <c r="E125" i="1"/>
   <c r="E124" i="1"/>
   <c r="E123" i="1"/>
   <c r="E122" i="1"/>
   <c r="E121" i="1"/>
   <c r="E120" i="1"/>
   <c r="E119" i="1"/>
   <c r="E118" i="1"/>
   <c r="E117" i="1"/>
   <c r="E116" i="1"/>
   <c r="E115" i="1"/>
   <c r="E114" i="1"/>
   <c r="E113" i="1"/>
   <c r="E112" i="1"/>
   <c r="E111" i="1"/>
@@ -137,69 +139,70 @@
   <c r="E46" i="1"/>
   <c r="E45" i="1"/>
   <c r="E44" i="1"/>
   <c r="E43" i="1"/>
   <c r="E42" i="1"/>
   <c r="E41" i="1"/>
   <c r="E40" i="1"/>
   <c r="E39" i="1"/>
   <c r="E38" i="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="E22" i="1"/>
+  <c r="E21" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="179" uniqueCount="177">
   <si>
     <t>Tāme Nr. P180694001</t>
   </si>
   <si>
     <t>Gads</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Tāmes izveides datums</t>
   </si>
   <si>
-    <t>26.11.2025 16:31:27</t>
+    <t>06.01.2026 10:04:18</t>
   </si>
   <si>
     <t>Budžeta veids</t>
   </si>
   <si>
     <t>Pamatbudžets</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Iestāde</t>
   </si>
   <si>
     <t>Valsts sociālās aprūpes centrs "Zemgale"</t>
   </si>
   <si>
     <t>0694</t>
   </si>
   <si>
     <t>Ministrija (centrālā valsts iestāde)</t>
   </si>
   <si>
     <t>Labklājības ministrija</t>
   </si>
@@ -254,51 +257,51 @@
   <si>
     <t>01</t>
   </si>
   <si>
     <t>Konta numurs</t>
   </si>
   <si>
     <t>LV25TREL218069400100B</t>
   </si>
   <si>
     <t>Sākotnējais budžets</t>
   </si>
   <si>
     <t>Nē</t>
   </si>
   <si>
     <t>Dokuments</t>
   </si>
   <si>
     <t>EKK</t>
   </si>
   <si>
     <t>Dati atlasīti uz</t>
   </si>
   <si>
-    <t>Zane Renebuša (27.11.25 11:07)</t>
+    <t>Zane Renebuša (06.01.26 14:03)</t>
   </si>
   <si>
     <t>(euro)</t>
   </si>
   <si>
     <t>Kods</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Tāme (iepriekšējā versija)</t>
   </si>
   <si>
     <t>Izmaiņas</t>
   </si>
   <si>
     <t>Tāme</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
@@ -335,96 +338,117 @@
   <si>
     <t>Ieņēmumi par pārējiem sniegtajiem maksas pakalpojumiem</t>
   </si>
   <si>
     <t>Maksa par personu uzturēšanos sociālās aprūpes iestādēs</t>
   </si>
   <si>
     <t>Ieņēmumi par komunālajiem pakalpojumiem</t>
   </si>
   <si>
     <t>Citi ieņēmumi par maksas pakalpojumiem</t>
   </si>
   <si>
     <t>A320</t>
   </si>
   <si>
     <t>Pārējie 21.3.0.0 grupā neklasificētie iestāžu ieņēmumi par iestāžu sniegtajiem maksas pakalpojumiem un citi pašu ieņēmumi</t>
   </si>
   <si>
     <t>A323</t>
   </si>
   <si>
     <t>Citi iepriekš neklasificētie pašu ieņēmumi</t>
   </si>
   <si>
+    <t>A500</t>
+  </si>
+  <si>
+    <t>Transferti</t>
+  </si>
+  <si>
+    <t>A510</t>
+  </si>
+  <si>
+    <t>Valsts budžeta transferti</t>
+  </si>
+  <si>
+    <t>Valsts pamatbudžeta savstarpējie transferti</t>
+  </si>
+  <si>
+    <t>Valsts pamatbudžeta iestāžu saņemtie transferti no valsts pamatbudžeta</t>
+  </si>
+  <si>
+    <t>Valsts pamatbudžeta iestāžu saņemtie transferti no valsts pamatbudžeta dotācijas no vispārējiem ieņēmumiem</t>
+  </si>
+  <si>
     <t>A700</t>
   </si>
   <si>
     <t>Dotācija no vispārējiem ieņēmumiem</t>
   </si>
   <si>
     <t>Vispārējā kārtībā sadalāmā dotācija no vispārējiem ieņēmumiem</t>
   </si>
   <si>
     <t>B000</t>
   </si>
   <si>
     <t>Izdevumi – kopā</t>
   </si>
   <si>
     <t>B100</t>
   </si>
   <si>
     <t>Uzturēšanas izdevumi</t>
   </si>
   <si>
     <t>B110</t>
   </si>
   <si>
     <t>Kārtējie izdevumi</t>
   </si>
   <si>
     <t>Atlīdzība</t>
   </si>
   <si>
     <t>Atalgojums</t>
   </si>
   <si>
     <t>Mēnešalga</t>
   </si>
   <si>
     <t>Pārējo darbinieku mēnešalga (darba alga)</t>
   </si>
   <si>
     <t>Piemaksas, prēmijas un naudas balvas</t>
   </si>
   <si>
     <t>Piemaksa par nakts darbu</t>
   </si>
   <si>
-    <t>Samaksa par virsstundu darbu un darbu svētku dienās</t>
+    <t>Piemaksa par virsstundām un svētku dienām</t>
   </si>
   <si>
     <t>Piemaksa par izdienu</t>
   </si>
   <si>
     <t>Piemaksa par darbu īpašos apstākļos, speciālās piemaksas</t>
   </si>
   <si>
     <t>Piemaksa par papildu darbu</t>
   </si>
   <si>
     <t>Prēmijas un naudas balvas</t>
   </si>
   <si>
     <t>Atalgojums fiziskām personām uz tiesiskās attiecības regulējošu dokumentu pamata</t>
   </si>
   <si>
     <t>Darba devēja valsts sociālās apdrošināšanas obligātās iemaksas, pabalsti un kompensācijas</t>
   </si>
   <si>
     <t>Darba devēja valsts sociālās apdrošināšanas obligātās iemaksas</t>
   </si>
   <si>
     <t>Darba devēja pabalsti, kompensācijas un citi maksājumi</t>
   </si>
@@ -510,53 +534,50 @@
     <t>Transportlīdzekļu uzturēšana un remonts</t>
   </si>
   <si>
     <t>Iekārtas, inventāra un aparatūras remonts, tehniskā apkalpošana</t>
   </si>
   <si>
     <t>Nekustamā īpašuma uzturēšana</t>
   </si>
   <si>
     <t>Apdrošināšanas izdevumi</t>
   </si>
   <si>
     <t>Pārējie remontdarbu un iestāžu uzturēšanas pakalpojumi</t>
   </si>
   <si>
     <t>Informācijas tehnoloģiju pakalpojumi</t>
   </si>
   <si>
     <t>Īre un noma</t>
   </si>
   <si>
     <t>Zemes noma</t>
   </si>
   <si>
     <t>Iekārtu, aparatūras un inventāra īre un noma</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pārējā noma</t>
   </si>
   <si>
     <t>Krājumi, materiāli, energoresursi, preces, biroja preces un inventārs, kurus neuzskaita kodā 5000</t>
   </si>
   <si>
     <t>Izdevumi par dažādām precēm un inventāru</t>
   </si>
   <si>
     <t>Biroja preces</t>
   </si>
   <si>
     <t>Inventārs</t>
   </si>
   <si>
     <t>Izdevumi par precēm iestādes sabiedrisko aktivitāšu īstenošanai</t>
   </si>
   <si>
     <t>Kurināmais un enerģētiskie materiāli</t>
   </si>
   <si>
     <t>Kurināmais</t>
   </si>
   <si>
     <t>Degviela</t>
   </si>
@@ -737,61 +758,70 @@
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top/>
       <bottom style="hair">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
@@ -973,235 +1003,244 @@
       </top>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="dotted">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="56">
+  <cellXfs count="60">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="1" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="1" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="4"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="5"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="5"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="6"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="7"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...61 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Parasts" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1476,2959 +1515,3013 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z137"/>
+  <dimension ref="A1:Z142"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A137" sqref="A137:XFD141"/>
+      <selection activeCell="H130" sqref="H130"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="18.83203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="48.5" style="1" customWidth="1"/>
-    <col min="3" max="4" width="20.33203125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="18.5" style="1" customWidth="1"/>
+    <col min="4" max="4" width="16.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="20.33203125" style="2" customWidth="1"/>
     <col min="6" max="6" width="3.6640625" style="2" customWidth="1"/>
     <col min="7" max="25" width="9.33203125" style="3" customWidth="1"/>
     <col min="26" max="26" width="9.33203125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A1" s="50" t="s">
+      <c r="A1" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="50"/>
-[...3 lines deleted...]
-      <c r="F1" s="7"/>
+      <c r="B1" s="54"/>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="11"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="3"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="3"/>
       <c r="X1" s="3"/>
       <c r="Y1" s="3"/>
     </row>
-    <row r="2" spans="1:25" s="2" customFormat="1" ht="6.75" customHeight="1">
-[...3 lines deleted...]
-      <c r="F2" s="10"/>
+    <row r="2" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A2" s="12" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="F2" s="15"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="3"/>
       <c r="P2" s="3"/>
       <c r="Q2" s="3"/>
       <c r="R2" s="3"/>
       <c r="S2" s="3"/>
       <c r="T2" s="3"/>
       <c r="U2" s="3"/>
       <c r="V2" s="3"/>
       <c r="W2" s="3"/>
       <c r="X2" s="3"/>
       <c r="Y2" s="3"/>
     </row>
     <row r="3" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-      <c r="A3" s="8" t="s">
-[...8 lines deleted...]
-      <c r="F3" s="11"/>
+      <c r="A3" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B3" s="13"/>
+      <c r="C3" s="13"/>
+      <c r="D3" s="13"/>
+      <c r="E3" s="29" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="15"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
       <c r="N3" s="3"/>
       <c r="O3" s="3"/>
       <c r="P3" s="3"/>
       <c r="Q3" s="3"/>
       <c r="R3" s="3"/>
       <c r="S3" s="3"/>
       <c r="T3" s="3"/>
       <c r="U3" s="3"/>
       <c r="V3" s="3"/>
       <c r="W3" s="3"/>
       <c r="X3" s="3"/>
       <c r="Y3" s="3"/>
     </row>
-    <row r="4" spans="1:25" s="2" customFormat="1" ht="18.75" customHeight="1">
-[...9 lines deleted...]
-      <c r="F4" s="11"/>
+    <row r="4" spans="1:25" s="2" customFormat="1">
+      <c r="A4" s="30" t="s">
+        <v>5</v>
+      </c>
+      <c r="B4" s="56" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="56"/>
+      <c r="D4" s="57"/>
+      <c r="E4" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="14"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3"/>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3"/>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
       <c r="V4" s="3"/>
       <c r="W4" s="3"/>
       <c r="X4" s="3"/>
       <c r="Y4" s="3"/>
     </row>
-    <row r="5" spans="1:25" s="2" customFormat="1">
-[...11 lines deleted...]
-      <c r="F5" s="10"/>
+    <row r="5" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A5" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="58"/>
+      <c r="D5" s="59"/>
+      <c r="E5" s="35" t="s">
+        <v>10</v>
+      </c>
+      <c r="F5" s="18"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
       <c r="R5" s="3"/>
       <c r="S5" s="3"/>
       <c r="T5" s="3"/>
       <c r="U5" s="3"/>
       <c r="V5" s="3"/>
       <c r="W5" s="3"/>
       <c r="X5" s="3"/>
       <c r="Y5" s="3"/>
     </row>
-    <row r="6" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-[...11 lines deleted...]
-      <c r="F6" s="14"/>
+    <row r="6" spans="1:25" s="4" customFormat="1" ht="24" customHeight="1">
+      <c r="A6" s="32" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="58" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="58"/>
+      <c r="D6" s="59"/>
+      <c r="E6" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="18"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
       <c r="N6" s="3"/>
       <c r="O6" s="3"/>
       <c r="P6" s="3"/>
       <c r="Q6" s="3"/>
       <c r="R6" s="3"/>
       <c r="S6" s="3"/>
       <c r="T6" s="3"/>
       <c r="U6" s="3"/>
       <c r="V6" s="3"/>
       <c r="W6" s="3"/>
       <c r="X6" s="3"/>
       <c r="Y6" s="3"/>
     </row>
-    <row r="7" spans="1:25" s="4" customFormat="1" ht="24" customHeight="1">
-[...11 lines deleted...]
-      <c r="F7" s="14"/>
+    <row r="7" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A7" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="58" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="58"/>
+      <c r="D7" s="59"/>
+      <c r="E7" s="35" t="s">
+        <v>16</v>
+      </c>
+      <c r="F7" s="18"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
       <c r="N7" s="3"/>
       <c r="O7" s="3"/>
       <c r="P7" s="3"/>
       <c r="Q7" s="3"/>
       <c r="R7" s="3"/>
       <c r="S7" s="3"/>
       <c r="T7" s="3"/>
       <c r="U7" s="3"/>
       <c r="V7" s="3"/>
       <c r="W7" s="3"/>
       <c r="X7" s="3"/>
       <c r="Y7" s="3"/>
     </row>
     <row r="8" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A8" s="28" t="s">
-[...10 lines deleted...]
-      <c r="F8" s="14"/>
+      <c r="A8" s="32" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="58" t="s">
+        <v>18</v>
+      </c>
+      <c r="C8" s="58"/>
+      <c r="D8" s="59"/>
+      <c r="E8" s="35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" s="18"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
       <c r="N8" s="3"/>
       <c r="O8" s="3"/>
       <c r="P8" s="3"/>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="3"/>
       <c r="X8" s="3"/>
       <c r="Y8" s="3"/>
     </row>
     <row r="9" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A9" s="28" t="s">
-[...10 lines deleted...]
-      <c r="F9" s="14"/>
+      <c r="A9" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="58" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="58"/>
+      <c r="D9" s="59"/>
+      <c r="E9" s="35" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" s="18"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
       <c r="N9" s="3"/>
       <c r="O9" s="3"/>
       <c r="P9" s="3"/>
       <c r="Q9" s="3"/>
       <c r="R9" s="3"/>
       <c r="S9" s="3"/>
       <c r="T9" s="3"/>
       <c r="U9" s="3"/>
       <c r="V9" s="3"/>
       <c r="W9" s="3"/>
       <c r="X9" s="3"/>
       <c r="Y9" s="3"/>
     </row>
     <row r="10" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A10" s="28" t="s">
-[...10 lines deleted...]
-      <c r="F10" s="14"/>
+      <c r="A10" s="32" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" s="58" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="58"/>
+      <c r="D10" s="59"/>
+      <c r="E10" s="35" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="18"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
       <c r="N10" s="3"/>
       <c r="O10" s="3"/>
       <c r="P10" s="3"/>
       <c r="Q10" s="3"/>
       <c r="R10" s="3"/>
       <c r="S10" s="3"/>
       <c r="T10" s="3"/>
       <c r="U10" s="3"/>
       <c r="V10" s="3"/>
       <c r="W10" s="3"/>
       <c r="X10" s="3"/>
       <c r="Y10" s="3"/>
     </row>
-    <row r="11" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-[...11 lines deleted...]
-      <c r="F11" s="14"/>
+    <row r="11" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
+      <c r="A11" s="32" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="58"/>
+      <c r="C11" s="58"/>
+      <c r="D11" s="59"/>
+      <c r="E11" s="35"/>
+      <c r="F11" s="18"/>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
       <c r="P11" s="3"/>
       <c r="Q11" s="3"/>
       <c r="R11" s="3"/>
       <c r="S11" s="3"/>
       <c r="T11" s="3"/>
       <c r="U11" s="3"/>
       <c r="V11" s="3"/>
       <c r="W11" s="3"/>
       <c r="X11" s="3"/>
       <c r="Y11" s="3"/>
     </row>
-    <row r="12" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-[...7 lines deleted...]
-      <c r="F12" s="14"/>
+    <row r="12" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A12" s="36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="58"/>
+      <c r="D12" s="59"/>
+      <c r="E12" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="F12" s="18"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
       <c r="N12" s="3"/>
       <c r="O12" s="3"/>
       <c r="P12" s="3"/>
       <c r="Q12" s="3"/>
       <c r="R12" s="3"/>
       <c r="S12" s="3"/>
       <c r="T12" s="3"/>
       <c r="U12" s="3"/>
       <c r="V12" s="3"/>
       <c r="W12" s="3"/>
       <c r="X12" s="3"/>
       <c r="Y12" s="3"/>
     </row>
     <row r="13" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
       <c r="A13" s="32" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-      <c r="F13" s="14"/>
+        <v>30</v>
+      </c>
+      <c r="B13" s="58" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="58"/>
+      <c r="D13" s="59"/>
+      <c r="E13" s="35"/>
+      <c r="F13" s="18"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
       <c r="O13" s="3"/>
       <c r="P13" s="3"/>
       <c r="Q13" s="3"/>
       <c r="R13" s="3"/>
       <c r="S13" s="3"/>
       <c r="T13" s="3"/>
       <c r="U13" s="3"/>
       <c r="V13" s="3"/>
       <c r="W13" s="3"/>
       <c r="X13" s="3"/>
       <c r="Y13" s="3"/>
     </row>
     <row r="14" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A14" s="28" t="s">
-[...8 lines deleted...]
-      <c r="F14" s="14"/>
+      <c r="A14" s="32" t="s">
+        <v>32</v>
+      </c>
+      <c r="B14" s="38"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="39"/>
+      <c r="E14" s="35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" s="18"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
       <c r="N14" s="3"/>
       <c r="O14" s="3"/>
       <c r="P14" s="3"/>
       <c r="Q14" s="3"/>
       <c r="R14" s="3"/>
       <c r="S14" s="3"/>
       <c r="T14" s="3"/>
       <c r="U14" s="3"/>
       <c r="V14" s="3"/>
       <c r="W14" s="3"/>
       <c r="X14" s="3"/>
       <c r="Y14" s="3"/>
     </row>
-    <row r="15" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-[...9 lines deleted...]
-      <c r="F15" s="14"/>
+    <row r="15" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
+      <c r="A15" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" s="38"/>
+      <c r="C15" s="38"/>
+      <c r="D15" s="39"/>
+      <c r="E15" s="35"/>
+      <c r="F15" s="18"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
       <c r="N15" s="3"/>
       <c r="O15" s="3"/>
       <c r="P15" s="3"/>
       <c r="Q15" s="3"/>
       <c r="R15" s="3"/>
       <c r="S15" s="3"/>
       <c r="T15" s="3"/>
       <c r="U15" s="3"/>
       <c r="V15" s="3"/>
       <c r="W15" s="3"/>
       <c r="X15" s="3"/>
       <c r="Y15" s="3"/>
     </row>
     <row r="16" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-      <c r="A16" s="28" t="s">
-[...6 lines deleted...]
-      <c r="F16" s="14"/>
+      <c r="A16" s="32" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="38"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="39"/>
+      <c r="E16" s="35"/>
+      <c r="F16" s="18"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
       <c r="N16" s="3"/>
       <c r="O16" s="3"/>
       <c r="P16" s="3"/>
       <c r="Q16" s="3"/>
       <c r="R16" s="3"/>
       <c r="S16" s="3"/>
       <c r="T16" s="3"/>
       <c r="U16" s="3"/>
       <c r="V16" s="3"/>
       <c r="W16" s="3"/>
       <c r="X16" s="3"/>
       <c r="Y16" s="3"/>
     </row>
-    <row r="17" spans="1:25" s="4" customFormat="1" ht="15.75" hidden="1" customHeight="1">
-[...7 lines deleted...]
-      <c r="F17" s="14"/>
+    <row r="17" spans="1:25" s="4" customFormat="1" ht="16.5" hidden="1" customHeight="1">
+      <c r="A17" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="40"/>
+      <c r="C17" s="40"/>
+      <c r="D17" s="41"/>
+      <c r="E17" s="37"/>
+      <c r="F17" s="18"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
       <c r="P17" s="3"/>
       <c r="Q17" s="3"/>
       <c r="R17" s="3"/>
       <c r="S17" s="3"/>
       <c r="T17" s="3"/>
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
     </row>
-    <row r="18" spans="1:25" s="4" customFormat="1" ht="16.5" hidden="1" customHeight="1">
-[...7 lines deleted...]
-      <c r="F18" s="14"/>
+    <row r="18" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A18" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" s="17"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
       <c r="P18" s="3"/>
       <c r="Q18" s="3"/>
       <c r="R18" s="3"/>
       <c r="S18" s="3"/>
       <c r="T18" s="3"/>
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
     </row>
-    <row r="19" spans="1:25" s="4" customFormat="1" ht="15.75" customHeight="1">
-[...6 lines deleted...]
-      <c r="F19" s="13"/>
+    <row r="19" spans="1:25" s="5" customFormat="1" ht="36" customHeight="1">
+      <c r="A19" s="22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="D19" s="23" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="F19" s="19"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
       <c r="P19" s="3"/>
       <c r="Q19" s="3"/>
       <c r="R19" s="3"/>
       <c r="S19" s="3"/>
       <c r="T19" s="3"/>
       <c r="U19" s="3"/>
       <c r="V19" s="3"/>
       <c r="W19" s="3"/>
       <c r="X19" s="3"/>
       <c r="Y19" s="3"/>
     </row>
-    <row r="20" spans="1:25" s="6" customFormat="1" ht="36" customHeight="1">
-[...15 lines deleted...]
-      <c r="F20" s="15"/>
+    <row r="20" spans="1:25" s="5" customFormat="1">
+      <c r="A20" s="25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B20" s="25" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" s="25">
+        <v>1</v>
+      </c>
+      <c r="D20" s="25">
+        <v>2</v>
+      </c>
+      <c r="E20" s="25">
+        <v>3</v>
+      </c>
+      <c r="F20" s="20"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
       <c r="P20" s="3"/>
       <c r="Q20" s="3"/>
       <c r="R20" s="3"/>
       <c r="S20" s="3"/>
       <c r="T20" s="3"/>
       <c r="U20" s="3"/>
       <c r="V20" s="3"/>
       <c r="W20" s="3"/>
       <c r="X20" s="3"/>
       <c r="Y20" s="3"/>
     </row>
-    <row r="21" spans="1:25" s="6" customFormat="1">
-[...15 lines deleted...]
-      <c r="F21" s="16"/>
+    <row r="21" spans="1:25" s="2" customFormat="1">
+      <c r="A21" s="42" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="43" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" s="44">
+        <v>20753279</v>
+      </c>
+      <c r="D21" s="44">
+        <v>14570</v>
+      </c>
+      <c r="E21" s="44">
+        <f t="shared" ref="E21:E52" si="0">C21+D21</f>
+        <v>20767849</v>
+      </c>
+      <c r="F21" s="21"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
       <c r="P21" s="3"/>
       <c r="Q21" s="3"/>
       <c r="R21" s="3"/>
       <c r="S21" s="3"/>
       <c r="T21" s="3"/>
       <c r="U21" s="3"/>
       <c r="V21" s="3"/>
       <c r="W21" s="3"/>
       <c r="X21" s="3"/>
       <c r="Y21" s="3"/>
     </row>
-    <row r="22" spans="1:25" s="2" customFormat="1">
-[...35 lines deleted...]
-      <c r="Y22" s="3"/>
+    <row r="22" spans="1:25" ht="25.5">
+      <c r="A22" s="45" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" s="43" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" s="44">
+        <v>3824242</v>
+      </c>
+      <c r="D22" s="44">
+        <v>9070</v>
+      </c>
+      <c r="E22" s="44">
+        <f t="shared" si="0"/>
+        <v>3833312</v>
+      </c>
+      <c r="F22" s="21"/>
     </row>
     <row r="23" spans="1:25" ht="25.5">
-      <c r="A23" s="41" t="s">
-[...11 lines deleted...]
-      <c r="E23" s="40">
+      <c r="A23" s="46" t="s">
+        <v>50</v>
+      </c>
+      <c r="B23" s="47" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" s="48">
+        <v>3809624</v>
+      </c>
+      <c r="D23" s="48">
+        <v>6696</v>
+      </c>
+      <c r="E23" s="48">
         <f t="shared" si="0"/>
-        <v>3824242</v>
-[...16 lines deleted...]
-      <c r="E24" s="44">
+        <v>3816320</v>
+      </c>
+      <c r="F23" s="21"/>
+    </row>
+    <row r="24" spans="1:25">
+      <c r="A24" s="49">
+        <v>21380</v>
+      </c>
+      <c r="B24" s="47" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="48">
+        <v>104665</v>
+      </c>
+      <c r="D24" s="48">
+        <v>882</v>
+      </c>
+      <c r="E24" s="48">
         <f t="shared" si="0"/>
-        <v>3809624</v>
-[...16 lines deleted...]
-      <c r="E25" s="44">
+        <v>105547</v>
+      </c>
+      <c r="F24" s="21"/>
+    </row>
+    <row r="25" spans="1:25" ht="25.5">
+      <c r="A25" s="51">
+        <v>21381</v>
+      </c>
+      <c r="B25" s="47" t="s">
+        <v>53</v>
+      </c>
+      <c r="C25" s="48">
+        <v>81036</v>
+      </c>
+      <c r="D25" s="48">
+        <v>1877</v>
+      </c>
+      <c r="E25" s="48">
         <f t="shared" si="0"/>
-        <v>104665</v>
-[...13 lines deleted...]
-      <c r="D26" s="44">
+        <v>82913</v>
+      </c>
+      <c r="F25" s="21"/>
+    </row>
+    <row r="26" spans="1:25">
+      <c r="A26" s="51">
+        <v>21383</v>
+      </c>
+      <c r="B26" s="47" t="s">
+        <v>54</v>
+      </c>
+      <c r="C26" s="48">
+        <v>20508</v>
+      </c>
+      <c r="D26" s="48">
+        <v>-370</v>
+      </c>
+      <c r="E26" s="48">
+        <f t="shared" si="0"/>
+        <v>20138</v>
+      </c>
+      <c r="F26" s="21"/>
+    </row>
+    <row r="27" spans="1:25">
+      <c r="A27" s="51">
+        <v>21384</v>
+      </c>
+      <c r="B27" s="47" t="s">
+        <v>55</v>
+      </c>
+      <c r="C27" s="48">
+        <v>3121</v>
+      </c>
+      <c r="D27" s="48">
+        <v>-625</v>
+      </c>
+      <c r="E27" s="48">
+        <f t="shared" si="0"/>
+        <v>2496</v>
+      </c>
+      <c r="F27" s="21"/>
+    </row>
+    <row r="28" spans="1:25" ht="25.5">
+      <c r="A28" s="49">
+        <v>21390</v>
+      </c>
+      <c r="B28" s="47" t="s">
+        <v>56</v>
+      </c>
+      <c r="C28" s="48">
+        <v>3704959</v>
+      </c>
+      <c r="D28" s="48">
+        <v>5814</v>
+      </c>
+      <c r="E28" s="48">
+        <f t="shared" si="0"/>
+        <v>3710773</v>
+      </c>
+      <c r="F28" s="21"/>
+    </row>
+    <row r="29" spans="1:25" ht="25.5">
+      <c r="A29" s="51">
+        <v>21391</v>
+      </c>
+      <c r="B29" s="47" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" s="48">
+        <v>3573277</v>
+      </c>
+      <c r="D29" s="48">
+        <v>12859</v>
+      </c>
+      <c r="E29" s="48">
+        <f t="shared" si="0"/>
+        <v>3586136</v>
+      </c>
+      <c r="F29" s="21"/>
+    </row>
+    <row r="30" spans="1:25">
+      <c r="A30" s="51">
+        <v>21394</v>
+      </c>
+      <c r="B30" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="C30" s="48">
+        <v>131586</v>
+      </c>
+      <c r="D30" s="48">
+        <v>-7045</v>
+      </c>
+      <c r="E30" s="48">
+        <f t="shared" si="0"/>
+        <v>124541</v>
+      </c>
+      <c r="F30" s="21"/>
+    </row>
+    <row r="31" spans="1:25">
+      <c r="A31" s="51">
+        <v>21399</v>
+      </c>
+      <c r="B31" s="47" t="s">
+        <v>59</v>
+      </c>
+      <c r="C31" s="48">
+        <v>96</v>
+      </c>
+      <c r="D31" s="48">
         <v>0</v>
       </c>
-      <c r="E26" s="44">
-[...113 lines deleted...]
-      <c r="E32" s="44">
+      <c r="E31" s="48">
         <f t="shared" si="0"/>
         <v>96</v>
       </c>
-      <c r="F32" s="17"/>
-[...2 lines deleted...]
-      <c r="A33" s="42" t="s">
+      <c r="F31" s="21"/>
+    </row>
+    <row r="32" spans="1:25" ht="38.25">
+      <c r="A32" s="46" t="s">
         <v>60</v>
       </c>
-      <c r="B33" s="43" t="s">
+      <c r="B32" s="47" t="s">
         <v>61</v>
       </c>
-      <c r="C33" s="44">
-[...5 lines deleted...]
-      <c r="E33" s="44">
+      <c r="C32" s="48">
+        <v>14618</v>
+      </c>
+      <c r="D32" s="48">
+        <v>2374</v>
+      </c>
+      <c r="E32" s="48">
         <f t="shared" si="0"/>
+        <v>16992</v>
+      </c>
+      <c r="F32" s="21"/>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="49" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" s="47" t="s">
+        <v>63</v>
+      </c>
+      <c r="C33" s="48">
         <v>14618</v>
       </c>
-      <c r="F33" s="17"/>
+      <c r="D33" s="48">
+        <v>2374</v>
+      </c>
+      <c r="E33" s="48">
+        <f t="shared" si="0"/>
+        <v>16992</v>
+      </c>
+      <c r="F33" s="21"/>
     </row>
     <row r="34" spans="1:6">
-      <c r="A34" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B34" s="43" t="s">
+      <c r="A34" s="51">
+        <v>21490</v>
+      </c>
+      <c r="B34" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="C34" s="44">
-[...5 lines deleted...]
-      <c r="E34" s="44">
+      <c r="C34" s="48">
+        <v>14618</v>
+      </c>
+      <c r="D34" s="48">
+        <v>2374</v>
+      </c>
+      <c r="E34" s="48">
         <f t="shared" si="0"/>
-        <v>14618</v>
-[...1 lines deleted...]
-      <c r="F34" s="17"/>
+        <v>16992</v>
+      </c>
+      <c r="F34" s="21"/>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" s="47">
-        <v>21490</v>
+      <c r="A35" s="45" t="s">
+        <v>64</v>
       </c>
       <c r="B35" s="43" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C35" s="44">
-        <v>11742</v>
+        <v>0</v>
       </c>
       <c r="D35" s="44">
-        <v>2876</v>
+        <v>5500</v>
       </c>
       <c r="E35" s="44">
         <f t="shared" si="0"/>
-        <v>14618</v>
-[...1 lines deleted...]
-      <c r="F35" s="17"/>
+        <v>5500</v>
+      </c>
+      <c r="F35" s="21"/>
     </row>
     <row r="36" spans="1:6">
-      <c r="A36" s="41" t="s">
-[...11 lines deleted...]
-      <c r="E36" s="40">
+      <c r="A36" s="46" t="s">
+        <v>66</v>
+      </c>
+      <c r="B36" s="47" t="s">
+        <v>67</v>
+      </c>
+      <c r="C36" s="48">
+        <v>0</v>
+      </c>
+      <c r="D36" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E36" s="48">
+        <f t="shared" si="0"/>
+        <v>5500</v>
+      </c>
+      <c r="F36" s="21"/>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="49">
+        <v>18100</v>
+      </c>
+      <c r="B37" s="47" t="s">
+        <v>68</v>
+      </c>
+      <c r="C37" s="48">
+        <v>0</v>
+      </c>
+      <c r="D37" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E37" s="48">
+        <f t="shared" si="0"/>
+        <v>5500</v>
+      </c>
+      <c r="F37" s="21"/>
+    </row>
+    <row r="38" spans="1:6" ht="25.5">
+      <c r="A38" s="51">
+        <v>18130</v>
+      </c>
+      <c r="B38" s="47" t="s">
+        <v>69</v>
+      </c>
+      <c r="C38" s="48">
+        <v>0</v>
+      </c>
+      <c r="D38" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E38" s="48">
+        <f t="shared" si="0"/>
+        <v>5500</v>
+      </c>
+      <c r="F38" s="21"/>
+    </row>
+    <row r="39" spans="1:6" ht="38.25">
+      <c r="A39" s="52">
+        <v>18131</v>
+      </c>
+      <c r="B39" s="47" t="s">
+        <v>70</v>
+      </c>
+      <c r="C39" s="48">
+        <v>0</v>
+      </c>
+      <c r="D39" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E39" s="48">
+        <f t="shared" si="0"/>
+        <v>5500</v>
+      </c>
+      <c r="F39" s="21"/>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="45" t="s">
+        <v>71</v>
+      </c>
+      <c r="B40" s="43" t="s">
+        <v>72</v>
+      </c>
+      <c r="C40" s="44">
+        <v>16929037</v>
+      </c>
+      <c r="D40" s="44">
+        <v>0</v>
+      </c>
+      <c r="E40" s="44">
         <f t="shared" si="0"/>
         <v>16929037</v>
       </c>
-      <c r="F36" s="17"/>
-[...2 lines deleted...]
-      <c r="A37" s="42">
+      <c r="F40" s="21"/>
+    </row>
+    <row r="41" spans="1:6" ht="25.5">
+      <c r="A41" s="46">
         <v>21710</v>
       </c>
-      <c r="B37" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E37" s="44">
+      <c r="B41" s="47" t="s">
+        <v>73</v>
+      </c>
+      <c r="C41" s="48">
+        <v>16929037</v>
+      </c>
+      <c r="D41" s="48">
+        <v>0</v>
+      </c>
+      <c r="E41" s="48">
         <f t="shared" si="0"/>
         <v>16929037</v>
       </c>
-      <c r="F37" s="17"/>
-[...14 lines deleted...]
-      <c r="E38" s="40">
+      <c r="F41" s="21"/>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="42" t="s">
+        <v>74</v>
+      </c>
+      <c r="B42" s="43" t="s">
+        <v>75</v>
+      </c>
+      <c r="C42" s="44">
+        <v>20753279</v>
+      </c>
+      <c r="D42" s="44">
+        <v>14570</v>
+      </c>
+      <c r="E42" s="44">
         <f t="shared" si="0"/>
-        <v>20753279</v>
-[...16 lines deleted...]
-      <c r="E39" s="40">
+        <v>20767849</v>
+      </c>
+      <c r="F42" s="21"/>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="45" t="s">
+        <v>76</v>
+      </c>
+      <c r="B43" s="43" t="s">
+        <v>77</v>
+      </c>
+      <c r="C43" s="44">
+        <v>19866721</v>
+      </c>
+      <c r="D43" s="44">
+        <v>9070</v>
+      </c>
+      <c r="E43" s="44">
         <f t="shared" si="0"/>
-        <v>19866721</v>
-[...16 lines deleted...]
-      <c r="E40" s="44">
+        <v>19875791</v>
+      </c>
+      <c r="F43" s="21"/>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="46" t="s">
+        <v>78</v>
+      </c>
+      <c r="B44" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="C44" s="48">
+        <v>19041067</v>
+      </c>
+      <c r="D44" s="48">
+        <v>7970</v>
+      </c>
+      <c r="E44" s="48">
         <f t="shared" si="0"/>
-        <v>19041067</v>
-[...4 lines deleted...]
-      <c r="A41" s="45">
+        <v>19049037</v>
+      </c>
+      <c r="F44" s="21"/>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="49">
         <v>1000</v>
       </c>
-      <c r="B41" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E41" s="44">
+      <c r="B45" s="47" t="s">
+        <v>80</v>
+      </c>
+      <c r="C45" s="48">
+        <v>13339888</v>
+      </c>
+      <c r="D45" s="48">
+        <v>0</v>
+      </c>
+      <c r="E45" s="48">
         <f t="shared" si="0"/>
         <v>13339888</v>
       </c>
-      <c r="F41" s="17"/>
-[...2 lines deleted...]
-      <c r="A42" s="47">
+      <c r="F45" s="21"/>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="51">
         <v>1100</v>
       </c>
-      <c r="B42" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E42" s="44">
+      <c r="B46" s="47" t="s">
+        <v>81</v>
+      </c>
+      <c r="C46" s="48">
+        <v>10069150</v>
+      </c>
+      <c r="D46" s="48">
+        <v>84984</v>
+      </c>
+      <c r="E46" s="48">
         <f t="shared" si="0"/>
-        <v>10069150</v>
-[...4 lines deleted...]
-      <c r="A43" s="48">
+        <v>10154134</v>
+      </c>
+      <c r="F46" s="21"/>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="52">
         <v>1110</v>
       </c>
-      <c r="B43" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E43" s="44">
+      <c r="B47" s="47" t="s">
+        <v>82</v>
+      </c>
+      <c r="C47" s="48">
+        <v>7880321</v>
+      </c>
+      <c r="D47" s="48">
+        <v>104328</v>
+      </c>
+      <c r="E47" s="48">
         <f t="shared" si="0"/>
+        <v>7984649</v>
+      </c>
+      <c r="F47" s="21"/>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="53">
+        <v>1119</v>
+      </c>
+      <c r="B48" s="47" t="s">
+        <v>83</v>
+      </c>
+      <c r="C48" s="48">
         <v>7880321</v>
       </c>
-      <c r="F43" s="17"/>
-[...14 lines deleted...]
-      <c r="E44" s="44">
+      <c r="D48" s="48">
+        <v>104328</v>
+      </c>
+      <c r="E48" s="48">
         <f t="shared" si="0"/>
-        <v>7880321</v>
-[...4 lines deleted...]
-      <c r="A45" s="48">
+        <v>7984649</v>
+      </c>
+      <c r="F48" s="21"/>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="52">
         <v>1140</v>
       </c>
-      <c r="B45" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E45" s="44">
+      <c r="B49" s="47" t="s">
+        <v>84</v>
+      </c>
+      <c r="C49" s="48">
+        <v>2182829</v>
+      </c>
+      <c r="D49" s="48">
+        <v>-13727</v>
+      </c>
+      <c r="E49" s="48">
         <f t="shared" si="0"/>
-        <v>2182829</v>
-[...4 lines deleted...]
-      <c r="A46" s="49">
+        <v>2169102</v>
+      </c>
+      <c r="F49" s="21"/>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="53">
         <v>1141</v>
       </c>
-      <c r="B46" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E46" s="44">
+      <c r="B50" s="47" t="s">
+        <v>85</v>
+      </c>
+      <c r="C50" s="48">
+        <v>437794</v>
+      </c>
+      <c r="D50" s="48">
+        <v>-3254</v>
+      </c>
+      <c r="E50" s="48">
         <f t="shared" si="0"/>
-        <v>437794</v>
-[...4 lines deleted...]
-      <c r="A47" s="49">
+        <v>434540</v>
+      </c>
+      <c r="F50" s="21"/>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="53">
         <v>1142</v>
       </c>
-      <c r="B47" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="44">
+      <c r="B51" s="47" t="s">
+        <v>86</v>
+      </c>
+      <c r="C51" s="48">
         <v>202918</v>
       </c>
-      <c r="D47" s="44">
+      <c r="D51" s="48">
+        <v>-13342</v>
+      </c>
+      <c r="E51" s="48">
+        <f t="shared" si="0"/>
+        <v>189576</v>
+      </c>
+      <c r="F51" s="21"/>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="53">
+        <v>1144</v>
+      </c>
+      <c r="B52" s="47" t="s">
+        <v>87</v>
+      </c>
+      <c r="C52" s="48">
+        <v>85057</v>
+      </c>
+      <c r="D52" s="48">
+        <v>6403</v>
+      </c>
+      <c r="E52" s="48">
+        <f t="shared" si="0"/>
+        <v>91460</v>
+      </c>
+      <c r="F52" s="21"/>
+    </row>
+    <row r="53" spans="1:6" ht="25.5">
+      <c r="A53" s="53">
+        <v>1145</v>
+      </c>
+      <c r="B53" s="47" t="s">
+        <v>88</v>
+      </c>
+      <c r="C53" s="48">
+        <v>962108</v>
+      </c>
+      <c r="D53" s="48">
+        <v>-595</v>
+      </c>
+      <c r="E53" s="48">
+        <f t="shared" ref="E53:E84" si="1">C53+D53</f>
+        <v>961513</v>
+      </c>
+      <c r="F53" s="21"/>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="53">
+        <v>1147</v>
+      </c>
+      <c r="B54" s="47" t="s">
+        <v>89</v>
+      </c>
+      <c r="C54" s="48">
+        <v>219995</v>
+      </c>
+      <c r="D54" s="48">
+        <v>-1696</v>
+      </c>
+      <c r="E54" s="48">
+        <f t="shared" si="1"/>
+        <v>218299</v>
+      </c>
+      <c r="F54" s="21"/>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="53">
+        <v>1148</v>
+      </c>
+      <c r="B55" s="47" t="s">
+        <v>90</v>
+      </c>
+      <c r="C55" s="48">
+        <v>274957</v>
+      </c>
+      <c r="D55" s="48">
+        <v>-1243</v>
+      </c>
+      <c r="E55" s="48">
+        <f t="shared" si="1"/>
+        <v>273714</v>
+      </c>
+      <c r="F55" s="21"/>
+    </row>
+    <row r="56" spans="1:6" ht="25.5">
+      <c r="A56" s="52">
+        <v>1150</v>
+      </c>
+      <c r="B56" s="47" t="s">
+        <v>91</v>
+      </c>
+      <c r="C56" s="48">
+        <v>6000</v>
+      </c>
+      <c r="D56" s="48">
+        <v>-5617</v>
+      </c>
+      <c r="E56" s="48">
+        <f t="shared" si="1"/>
+        <v>383</v>
+      </c>
+      <c r="F56" s="21"/>
+    </row>
+    <row r="57" spans="1:6" ht="25.5">
+      <c r="A57" s="51">
+        <v>1200</v>
+      </c>
+      <c r="B57" s="47" t="s">
+        <v>92</v>
+      </c>
+      <c r="C57" s="48">
+        <v>3270738</v>
+      </c>
+      <c r="D57" s="48">
+        <v>-84984</v>
+      </c>
+      <c r="E57" s="48">
+        <f t="shared" si="1"/>
+        <v>3185754</v>
+      </c>
+      <c r="F57" s="21"/>
+    </row>
+    <row r="58" spans="1:6" ht="25.5">
+      <c r="A58" s="52">
+        <v>1210</v>
+      </c>
+      <c r="B58" s="47" t="s">
+        <v>93</v>
+      </c>
+      <c r="C58" s="48">
+        <v>2497001</v>
+      </c>
+      <c r="D58" s="48">
+        <v>-67233</v>
+      </c>
+      <c r="E58" s="48">
+        <f t="shared" si="1"/>
+        <v>2429768</v>
+      </c>
+      <c r="F58" s="21"/>
+    </row>
+    <row r="59" spans="1:6" ht="25.5">
+      <c r="A59" s="52">
+        <v>1220</v>
+      </c>
+      <c r="B59" s="47" t="s">
+        <v>94</v>
+      </c>
+      <c r="C59" s="48">
+        <v>773737</v>
+      </c>
+      <c r="D59" s="48">
+        <v>-17751</v>
+      </c>
+      <c r="E59" s="48">
+        <f t="shared" si="1"/>
+        <v>755986</v>
+      </c>
+      <c r="F59" s="21"/>
+    </row>
+    <row r="60" spans="1:6" ht="38.25">
+      <c r="A60" s="53">
+        <v>1221</v>
+      </c>
+      <c r="B60" s="47" t="s">
+        <v>95</v>
+      </c>
+      <c r="C60" s="48">
+        <v>415000</v>
+      </c>
+      <c r="D60" s="48">
+        <v>1192</v>
+      </c>
+      <c r="E60" s="48">
+        <f t="shared" si="1"/>
+        <v>416192</v>
+      </c>
+      <c r="F60" s="21"/>
+    </row>
+    <row r="61" spans="1:6" ht="25.5">
+      <c r="A61" s="53">
+        <v>1227</v>
+      </c>
+      <c r="B61" s="47" t="s">
+        <v>96</v>
+      </c>
+      <c r="C61" s="48">
+        <v>331512</v>
+      </c>
+      <c r="D61" s="48">
+        <v>-16473</v>
+      </c>
+      <c r="E61" s="48">
+        <f t="shared" si="1"/>
+        <v>315039</v>
+      </c>
+      <c r="F61" s="21"/>
+    </row>
+    <row r="62" spans="1:6" ht="38.25">
+      <c r="A62" s="53">
+        <v>1228</v>
+      </c>
+      <c r="B62" s="47" t="s">
+        <v>97</v>
+      </c>
+      <c r="C62" s="48">
+        <v>27225</v>
+      </c>
+      <c r="D62" s="48">
+        <v>-2470</v>
+      </c>
+      <c r="E62" s="48">
+        <f t="shared" si="1"/>
+        <v>24755</v>
+      </c>
+      <c r="F62" s="21"/>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="49">
+        <v>2000</v>
+      </c>
+      <c r="B63" s="47" t="s">
+        <v>98</v>
+      </c>
+      <c r="C63" s="48">
+        <v>5701179</v>
+      </c>
+      <c r="D63" s="48">
+        <v>7970</v>
+      </c>
+      <c r="E63" s="48">
+        <f t="shared" si="1"/>
+        <v>5709149</v>
+      </c>
+      <c r="F63" s="21"/>
+    </row>
+    <row r="64" spans="1:6" ht="25.5">
+      <c r="A64" s="51">
+        <v>2100</v>
+      </c>
+      <c r="B64" s="47" t="s">
+        <v>99</v>
+      </c>
+      <c r="C64" s="48">
+        <v>1389</v>
+      </c>
+      <c r="D64" s="48">
+        <v>-272</v>
+      </c>
+      <c r="E64" s="48">
+        <f t="shared" si="1"/>
+        <v>1117</v>
+      </c>
+      <c r="F64" s="21"/>
+    </row>
+    <row r="65" spans="1:6" ht="25.5">
+      <c r="A65" s="52">
+        <v>2110</v>
+      </c>
+      <c r="B65" s="47" t="s">
+        <v>100</v>
+      </c>
+      <c r="C65" s="48">
+        <v>1064</v>
+      </c>
+      <c r="D65" s="48">
+        <v>-272</v>
+      </c>
+      <c r="E65" s="48">
+        <f t="shared" si="1"/>
+        <v>792</v>
+      </c>
+      <c r="F65" s="21"/>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="53">
+        <v>2111</v>
+      </c>
+      <c r="B66" s="47" t="s">
+        <v>101</v>
+      </c>
+      <c r="C66" s="48">
+        <v>352</v>
+      </c>
+      <c r="D66" s="48">
         <v>0</v>
       </c>
-      <c r="E47" s="44">
-[...284 lines deleted...]
-      <c r="E62" s="44">
+      <c r="E66" s="48">
         <f t="shared" si="1"/>
         <v>352</v>
       </c>
-      <c r="F62" s="17"/>
-[...2 lines deleted...]
-      <c r="A63" s="49">
+      <c r="F66" s="21"/>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="53">
         <v>2112</v>
       </c>
-      <c r="B63" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E63" s="44">
+      <c r="B67" s="47" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="48">
+        <v>712</v>
+      </c>
+      <c r="D67" s="48">
+        <v>-272</v>
+      </c>
+      <c r="E67" s="48">
         <f t="shared" si="1"/>
-        <v>712</v>
-[...4 lines deleted...]
-      <c r="A64" s="48">
+        <v>440</v>
+      </c>
+      <c r="F67" s="21"/>
+    </row>
+    <row r="68" spans="1:6" ht="25.5">
+      <c r="A68" s="52">
         <v>2120</v>
       </c>
-      <c r="B64" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E64" s="44">
+      <c r="B68" s="47" t="s">
+        <v>103</v>
+      </c>
+      <c r="C68" s="48">
+        <v>325</v>
+      </c>
+      <c r="D68" s="48">
+        <v>0</v>
+      </c>
+      <c r="E68" s="48">
         <f t="shared" si="1"/>
         <v>325</v>
       </c>
-      <c r="F64" s="17"/>
-[...2 lines deleted...]
-      <c r="A65" s="49">
+      <c r="F68" s="21"/>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="53">
         <v>2121</v>
       </c>
-      <c r="B65" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="44">
+      <c r="B69" s="47" t="s">
+        <v>101</v>
+      </c>
+      <c r="C69" s="48">
         <v>325</v>
       </c>
-      <c r="D65" s="44">
+      <c r="D69" s="48">
         <v>0</v>
       </c>
-      <c r="E65" s="44">
+      <c r="E69" s="48">
         <f t="shared" si="1"/>
         <v>325</v>
       </c>
-      <c r="F65" s="17"/>
-[...14 lines deleted...]
-      <c r="E66" s="44">
+      <c r="F69" s="21"/>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="51">
+        <v>2200</v>
+      </c>
+      <c r="B70" s="47" t="s">
+        <v>104</v>
+      </c>
+      <c r="C70" s="48">
+        <v>1389160</v>
+      </c>
+      <c r="D70" s="48">
+        <v>36180</v>
+      </c>
+      <c r="E70" s="48">
         <f t="shared" si="1"/>
+        <v>1425340</v>
+      </c>
+      <c r="F70" s="21"/>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="52">
+        <v>2210</v>
+      </c>
+      <c r="B71" s="47" t="s">
+        <v>105</v>
+      </c>
+      <c r="C71" s="48">
+        <v>5558</v>
+      </c>
+      <c r="D71" s="48">
+        <v>-198</v>
+      </c>
+      <c r="E71" s="48">
+        <f t="shared" si="1"/>
+        <v>5360</v>
+      </c>
+      <c r="F71" s="21"/>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="52">
+        <v>2220</v>
+      </c>
+      <c r="B72" s="47" t="s">
+        <v>106</v>
+      </c>
+      <c r="C72" s="48">
+        <v>412686</v>
+      </c>
+      <c r="D72" s="48">
+        <v>6536</v>
+      </c>
+      <c r="E72" s="48">
+        <f t="shared" si="1"/>
+        <v>419222</v>
+      </c>
+      <c r="F72" s="21"/>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" s="53">
+        <v>2221</v>
+      </c>
+      <c r="B73" s="47" t="s">
+        <v>107</v>
+      </c>
+      <c r="C73" s="48">
+        <v>66000</v>
+      </c>
+      <c r="D73" s="48">
+        <v>2253</v>
+      </c>
+      <c r="E73" s="48">
+        <f t="shared" si="1"/>
+        <v>68253</v>
+      </c>
+      <c r="F73" s="21"/>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="53">
+        <v>2222</v>
+      </c>
+      <c r="B74" s="47" t="s">
+        <v>108</v>
+      </c>
+      <c r="C74" s="48">
+        <v>68742</v>
+      </c>
+      <c r="D74" s="48">
+        <v>-552</v>
+      </c>
+      <c r="E74" s="48">
+        <f t="shared" si="1"/>
+        <v>68190</v>
+      </c>
+      <c r="F74" s="21"/>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" s="53">
+        <v>2223</v>
+      </c>
+      <c r="B75" s="47" t="s">
+        <v>109</v>
+      </c>
+      <c r="C75" s="48">
+        <v>195573</v>
+      </c>
+      <c r="D75" s="48">
+        <v>4607</v>
+      </c>
+      <c r="E75" s="48">
+        <f t="shared" si="1"/>
+        <v>200180</v>
+      </c>
+      <c r="F75" s="21"/>
+    </row>
+    <row r="76" spans="1:6" ht="38.25">
+      <c r="A76" s="53">
+        <v>2224</v>
+      </c>
+      <c r="B76" s="47" t="s">
+        <v>110</v>
+      </c>
+      <c r="C76" s="48">
+        <v>82371</v>
+      </c>
+      <c r="D76" s="48">
+        <v>228</v>
+      </c>
+      <c r="E76" s="48">
+        <f t="shared" si="1"/>
+        <v>82599</v>
+      </c>
+      <c r="F76" s="21"/>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="52">
+        <v>2230</v>
+      </c>
+      <c r="B77" s="47" t="s">
+        <v>111</v>
+      </c>
+      <c r="C77" s="48">
+        <v>179948</v>
+      </c>
+      <c r="D77" s="48">
+        <v>-9039</v>
+      </c>
+      <c r="E77" s="48">
+        <f t="shared" si="1"/>
+        <v>170909</v>
+      </c>
+      <c r="F77" s="21"/>
+    </row>
+    <row r="78" spans="1:6" ht="25.5">
+      <c r="A78" s="53">
+        <v>2231</v>
+      </c>
+      <c r="B78" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="C78" s="48">
+        <v>3684</v>
+      </c>
+      <c r="D78" s="48">
+        <v>575</v>
+      </c>
+      <c r="E78" s="48">
+        <f t="shared" si="1"/>
+        <v>4259</v>
+      </c>
+      <c r="F78" s="21"/>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="53">
+        <v>2232</v>
+      </c>
+      <c r="B79" s="47" t="s">
+        <v>113</v>
+      </c>
+      <c r="C79" s="48">
+        <v>11374</v>
+      </c>
+      <c r="D79" s="48">
+        <v>-761</v>
+      </c>
+      <c r="E79" s="48">
+        <f t="shared" si="1"/>
+        <v>10613</v>
+      </c>
+      <c r="F79" s="21"/>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="53">
+        <v>2233</v>
+      </c>
+      <c r="B80" s="47" t="s">
+        <v>114</v>
+      </c>
+      <c r="C80" s="48">
+        <v>885</v>
+      </c>
+      <c r="D80" s="48">
+        <v>330</v>
+      </c>
+      <c r="E80" s="48">
+        <f t="shared" si="1"/>
+        <v>1215</v>
+      </c>
+      <c r="F80" s="21"/>
+    </row>
+    <row r="81" spans="1:6" ht="25.5">
+      <c r="A81" s="53">
+        <v>2234</v>
+      </c>
+      <c r="B81" s="47" t="s">
+        <v>115</v>
+      </c>
+      <c r="C81" s="48">
+        <v>1311</v>
+      </c>
+      <c r="D81" s="48">
+        <v>-134</v>
+      </c>
+      <c r="E81" s="48">
+        <f t="shared" si="1"/>
+        <v>1177</v>
+      </c>
+      <c r="F81" s="21"/>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="53">
+        <v>2235</v>
+      </c>
+      <c r="B82" s="47" t="s">
+        <v>116</v>
+      </c>
+      <c r="C82" s="48">
+        <v>46650</v>
+      </c>
+      <c r="D82" s="48">
+        <v>-4499</v>
+      </c>
+      <c r="E82" s="48">
+        <f t="shared" si="1"/>
+        <v>42151</v>
+      </c>
+      <c r="F82" s="21"/>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="53">
+        <v>2236</v>
+      </c>
+      <c r="B83" s="47" t="s">
+        <v>117</v>
+      </c>
+      <c r="C83" s="48">
+        <v>14</v>
+      </c>
+      <c r="D83" s="48">
         <v>0</v>
       </c>
-      <c r="F66" s="17"/>
-[...261 lines deleted...]
-      <c r="E80" s="44">
+      <c r="E83" s="48">
         <f t="shared" si="1"/>
         <v>14</v>
       </c>
-      <c r="F80" s="17"/>
-[...2 lines deleted...]
-      <c r="A81" s="49">
+      <c r="F83" s="21"/>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="53">
         <v>2239</v>
       </c>
-      <c r="B81" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E81" s="44">
+      <c r="B84" s="47" t="s">
+        <v>118</v>
+      </c>
+      <c r="C84" s="48">
+        <v>116030</v>
+      </c>
+      <c r="D84" s="48">
+        <v>-4550</v>
+      </c>
+      <c r="E84" s="48">
         <f t="shared" si="1"/>
-        <v>116030</v>
-[...4 lines deleted...]
-      <c r="A82" s="48">
+        <v>111480</v>
+      </c>
+      <c r="F84" s="21"/>
+    </row>
+    <row r="85" spans="1:6" ht="25.5">
+      <c r="A85" s="52">
         <v>2240</v>
       </c>
-      <c r="B82" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B85" s="47" t="s">
+        <v>119</v>
+      </c>
+      <c r="C85" s="48">
         <v>723172</v>
       </c>
-      <c r="F82" s="17"/>
-[...2 lines deleted...]
-      <c r="A83" s="49">
+      <c r="D85" s="48">
+        <v>39950</v>
+      </c>
+      <c r="E85" s="48">
+        <f t="shared" ref="E85:E116" si="2">C85+D85</f>
+        <v>763122</v>
+      </c>
+      <c r="F85" s="21"/>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="53">
         <v>2241</v>
       </c>
-      <c r="B83" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B86" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="C86" s="48">
         <v>471600</v>
       </c>
-      <c r="F83" s="17"/>
-[...2 lines deleted...]
-      <c r="A84" s="49">
+      <c r="D86" s="48">
+        <v>42150</v>
+      </c>
+      <c r="E86" s="48">
+        <f t="shared" si="2"/>
+        <v>513750</v>
+      </c>
+      <c r="F86" s="21"/>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="53">
         <v>2242</v>
       </c>
-      <c r="B84" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B87" s="47" t="s">
+        <v>121</v>
+      </c>
+      <c r="C87" s="48">
         <v>35234</v>
       </c>
-      <c r="F84" s="17"/>
-[...2 lines deleted...]
-      <c r="A85" s="49">
+      <c r="D87" s="48">
+        <v>677</v>
+      </c>
+      <c r="E87" s="48">
+        <f t="shared" si="2"/>
+        <v>35911</v>
+      </c>
+      <c r="F87" s="21"/>
+    </row>
+    <row r="88" spans="1:6" ht="25.5">
+      <c r="A88" s="53">
         <v>2243</v>
       </c>
-      <c r="B85" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="B88" s="47" t="s">
+        <v>122</v>
+      </c>
+      <c r="C88" s="48">
         <v>115878</v>
       </c>
-      <c r="F85" s="17"/>
-[...2 lines deleted...]
-      <c r="A86" s="49">
+      <c r="D88" s="48">
+        <v>3830</v>
+      </c>
+      <c r="E88" s="48">
+        <f t="shared" si="2"/>
+        <v>119708</v>
+      </c>
+      <c r="F88" s="21"/>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="53">
         <v>2244</v>
       </c>
-      <c r="B86" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" ref="E86:E117" si="2">C86+D86</f>
+      <c r="B89" s="47" t="s">
+        <v>123</v>
+      </c>
+      <c r="C89" s="48">
         <v>88574</v>
       </c>
-      <c r="F86" s="17"/>
-[...2 lines deleted...]
-      <c r="A87" s="49">
+      <c r="D89" s="48">
+        <v>-5882</v>
+      </c>
+      <c r="E89" s="48">
+        <f t="shared" si="2"/>
+        <v>82692</v>
+      </c>
+      <c r="F89" s="21"/>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="53">
         <v>2247</v>
       </c>
-      <c r="B87" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="44">
+      <c r="B90" s="47" t="s">
+        <v>124</v>
+      </c>
+      <c r="C90" s="48">
         <v>1651</v>
       </c>
-      <c r="D87" s="44">
+      <c r="D90" s="48">
         <v>0</v>
       </c>
-      <c r="E87" s="44">
+      <c r="E90" s="48">
         <f t="shared" si="2"/>
         <v>1651</v>
       </c>
-      <c r="F87" s="17"/>
-[...2 lines deleted...]
-      <c r="A88" s="49">
+      <c r="F90" s="21"/>
+    </row>
+    <row r="91" spans="1:6" ht="25.5">
+      <c r="A91" s="53">
         <v>2249</v>
       </c>
-      <c r="B88" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E88" s="44">
+      <c r="B91" s="47" t="s">
+        <v>125</v>
+      </c>
+      <c r="C91" s="48">
+        <v>10235</v>
+      </c>
+      <c r="D91" s="48">
+        <v>-825</v>
+      </c>
+      <c r="E91" s="48">
         <f t="shared" si="2"/>
-        <v>10235</v>
-[...4 lines deleted...]
-      <c r="A89" s="48">
+        <v>9410</v>
+      </c>
+      <c r="F91" s="21"/>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="52">
         <v>2250</v>
       </c>
-      <c r="B89" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E89" s="44">
+      <c r="B92" s="47" t="s">
+        <v>126</v>
+      </c>
+      <c r="C92" s="48">
+        <v>66060</v>
+      </c>
+      <c r="D92" s="48">
+        <v>-1082</v>
+      </c>
+      <c r="E92" s="48">
         <f t="shared" si="2"/>
-        <v>66060</v>
-[...4 lines deleted...]
-      <c r="A90" s="48">
+        <v>64978</v>
+      </c>
+      <c r="F92" s="21"/>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93" s="52">
         <v>2260</v>
       </c>
-      <c r="B90" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E90" s="44">
+      <c r="B93" s="47" t="s">
+        <v>127</v>
+      </c>
+      <c r="C93" s="48">
+        <v>1736</v>
+      </c>
+      <c r="D93" s="48">
+        <v>13</v>
+      </c>
+      <c r="E93" s="48">
         <f t="shared" si="2"/>
-        <v>1736</v>
-[...4 lines deleted...]
-      <c r="A91" s="49">
+        <v>1749</v>
+      </c>
+      <c r="F93" s="21"/>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94" s="53">
         <v>2263</v>
       </c>
-      <c r="B91" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="44">
+      <c r="B94" s="47" t="s">
+        <v>128</v>
+      </c>
+      <c r="C94" s="48">
         <v>1475</v>
       </c>
-      <c r="D91" s="44">
+      <c r="D94" s="48">
         <v>0</v>
       </c>
-      <c r="E91" s="44">
+      <c r="E94" s="48">
         <f t="shared" si="2"/>
         <v>1475</v>
       </c>
-      <c r="F91" s="17"/>
-[...2 lines deleted...]
-      <c r="A92" s="49">
+      <c r="F94" s="21"/>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95" s="53">
         <v>2264</v>
       </c>
-      <c r="B92" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="44">
+      <c r="B95" s="47" t="s">
+        <v>129</v>
+      </c>
+      <c r="C95" s="48">
         <v>261</v>
       </c>
-      <c r="D92" s="44">
+      <c r="D95" s="48">
+        <v>13</v>
+      </c>
+      <c r="E95" s="48">
+        <f t="shared" si="2"/>
+        <v>274</v>
+      </c>
+      <c r="F95" s="21"/>
+    </row>
+    <row r="96" spans="1:6" ht="25.5">
+      <c r="A96" s="51">
+        <v>2300</v>
+      </c>
+      <c r="B96" s="47" t="s">
+        <v>130</v>
+      </c>
+      <c r="C96" s="48">
+        <v>4262742</v>
+      </c>
+      <c r="D96" s="48">
+        <v>-33212</v>
+      </c>
+      <c r="E96" s="48">
+        <f t="shared" si="2"/>
+        <v>4229530</v>
+      </c>
+      <c r="F96" s="21"/>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97" s="52">
+        <v>2310</v>
+      </c>
+      <c r="B97" s="47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C97" s="48">
+        <v>70423</v>
+      </c>
+      <c r="D97" s="48">
+        <v>-8557</v>
+      </c>
+      <c r="E97" s="48">
+        <f t="shared" si="2"/>
+        <v>61866</v>
+      </c>
+      <c r="F97" s="21"/>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98" s="53">
+        <v>2311</v>
+      </c>
+      <c r="B98" s="47" t="s">
+        <v>132</v>
+      </c>
+      <c r="C98" s="48">
+        <v>10975</v>
+      </c>
+      <c r="D98" s="48">
+        <v>-1916</v>
+      </c>
+      <c r="E98" s="48">
+        <f t="shared" si="2"/>
+        <v>9059</v>
+      </c>
+      <c r="F98" s="21"/>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99" s="53">
+        <v>2312</v>
+      </c>
+      <c r="B99" s="47" t="s">
+        <v>133</v>
+      </c>
+      <c r="C99" s="48">
+        <v>51093</v>
+      </c>
+      <c r="D99" s="48">
+        <v>-6328</v>
+      </c>
+      <c r="E99" s="48">
+        <f t="shared" si="2"/>
+        <v>44765</v>
+      </c>
+      <c r="F99" s="21"/>
+    </row>
+    <row r="100" spans="1:6" ht="25.5">
+      <c r="A100" s="53">
+        <v>2314</v>
+      </c>
+      <c r="B100" s="47" t="s">
+        <v>134</v>
+      </c>
+      <c r="C100" s="48">
+        <v>8355</v>
+      </c>
+      <c r="D100" s="48">
+        <v>-313</v>
+      </c>
+      <c r="E100" s="48">
+        <f t="shared" si="2"/>
+        <v>8042</v>
+      </c>
+      <c r="F100" s="21"/>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101" s="52">
+        <v>2320</v>
+      </c>
+      <c r="B101" s="47" t="s">
+        <v>135</v>
+      </c>
+      <c r="C101" s="48">
+        <v>352929</v>
+      </c>
+      <c r="D101" s="48">
+        <v>-14116</v>
+      </c>
+      <c r="E101" s="48">
+        <f t="shared" si="2"/>
+        <v>338813</v>
+      </c>
+      <c r="F101" s="21"/>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102" s="53">
+        <v>2321</v>
+      </c>
+      <c r="B102" s="47" t="s">
+        <v>136</v>
+      </c>
+      <c r="C102" s="48">
+        <v>300725</v>
+      </c>
+      <c r="D102" s="48">
+        <v>-13418</v>
+      </c>
+      <c r="E102" s="48">
+        <f t="shared" si="2"/>
+        <v>287307</v>
+      </c>
+      <c r="F102" s="21"/>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103" s="53">
+        <v>2322</v>
+      </c>
+      <c r="B103" s="47" t="s">
+        <v>137</v>
+      </c>
+      <c r="C103" s="48">
+        <v>52204</v>
+      </c>
+      <c r="D103" s="48">
+        <v>-698</v>
+      </c>
+      <c r="E103" s="48">
+        <f t="shared" si="2"/>
+        <v>51506</v>
+      </c>
+      <c r="F103" s="21"/>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104" s="52">
+        <v>2330</v>
+      </c>
+      <c r="B104" s="47" t="s">
+        <v>138</v>
+      </c>
+      <c r="C104" s="48">
+        <v>174</v>
+      </c>
+      <c r="D104" s="48">
         <v>0</v>
       </c>
-      <c r="E92" s="44">
-[...189 lines deleted...]
-      <c r="E102" s="44">
+      <c r="E104" s="48">
         <f t="shared" si="2"/>
         <v>174</v>
       </c>
-      <c r="F102" s="17"/>
-[...2 lines deleted...]
-      <c r="A103" s="48">
+      <c r="F104" s="21"/>
+    </row>
+    <row r="105" spans="1:6" ht="25.5">
+      <c r="A105" s="52">
         <v>2340</v>
       </c>
-      <c r="B103" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E103" s="44">
+      <c r="B105" s="47" t="s">
+        <v>139</v>
+      </c>
+      <c r="C105" s="48">
+        <v>188200</v>
+      </c>
+      <c r="D105" s="48">
+        <v>3662</v>
+      </c>
+      <c r="E105" s="48">
         <f t="shared" si="2"/>
+        <v>191862</v>
+      </c>
+      <c r="F105" s="21"/>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106" s="53">
+        <v>2341</v>
+      </c>
+      <c r="B106" s="47" t="s">
+        <v>140</v>
+      </c>
+      <c r="C106" s="48">
         <v>188200</v>
       </c>
-      <c r="F103" s="17"/>
-[...14 lines deleted...]
-      <c r="E104" s="44">
+      <c r="D106" s="48">
+        <v>3662</v>
+      </c>
+      <c r="E106" s="48">
         <f t="shared" si="2"/>
-        <v>188200</v>
-[...4 lines deleted...]
-      <c r="A105" s="48">
+        <v>191862</v>
+      </c>
+      <c r="F106" s="21"/>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107" s="52">
         <v>2350</v>
       </c>
-      <c r="B105" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E105" s="44">
+      <c r="B107" s="47" t="s">
+        <v>141</v>
+      </c>
+      <c r="C107" s="48">
+        <v>167092</v>
+      </c>
+      <c r="D107" s="48">
+        <v>-9428</v>
+      </c>
+      <c r="E107" s="48">
         <f t="shared" si="2"/>
-        <v>167092</v>
-[...4 lines deleted...]
-      <c r="A106" s="48">
+        <v>157664</v>
+      </c>
+      <c r="F107" s="21"/>
+    </row>
+    <row r="108" spans="1:6" ht="25.5">
+      <c r="A108" s="52">
         <v>2360</v>
       </c>
-      <c r="B106" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E106" s="44">
+      <c r="B108" s="47" t="s">
+        <v>142</v>
+      </c>
+      <c r="C108" s="48">
+        <v>3415763</v>
+      </c>
+      <c r="D108" s="48">
+        <v>-4765</v>
+      </c>
+      <c r="E108" s="48">
         <f t="shared" si="2"/>
-        <v>3415763</v>
-[...4 lines deleted...]
-      <c r="A107" s="49">
+        <v>3410998</v>
+      </c>
+      <c r="F108" s="21"/>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109" s="53">
         <v>2361</v>
       </c>
-      <c r="B107" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="44">
+      <c r="B109" s="47" t="s">
+        <v>143</v>
+      </c>
+      <c r="C109" s="48">
+        <v>98133</v>
+      </c>
+      <c r="D109" s="48">
+        <v>24</v>
+      </c>
+      <c r="E109" s="48">
         <f t="shared" si="2"/>
-        <v>98133</v>
-[...4 lines deleted...]
-      <c r="A108" s="49">
+        <v>98157</v>
+      </c>
+      <c r="F109" s="21"/>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110" s="53">
         <v>2362</v>
       </c>
-      <c r="B108" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="44">
+      <c r="B110" s="47" t="s">
+        <v>144</v>
+      </c>
+      <c r="C110" s="48">
         <v>347</v>
       </c>
-      <c r="D108" s="44">
+      <c r="D110" s="48">
         <v>0</v>
       </c>
-      <c r="E108" s="44">
+      <c r="E110" s="48">
         <f t="shared" si="2"/>
         <v>347</v>
       </c>
-      <c r="F108" s="17"/>
-[...2 lines deleted...]
-      <c r="A109" s="49">
+      <c r="F110" s="21"/>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111" s="53">
         <v>2363</v>
       </c>
-      <c r="B109" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E109" s="44">
+      <c r="B111" s="47" t="s">
+        <v>145</v>
+      </c>
+      <c r="C111" s="48">
+        <v>3068358</v>
+      </c>
+      <c r="D111" s="48">
+        <v>985</v>
+      </c>
+      <c r="E111" s="48">
         <f t="shared" si="2"/>
-        <v>3068358</v>
-[...4 lines deleted...]
-      <c r="A110" s="49">
+        <v>3069343</v>
+      </c>
+      <c r="F111" s="21"/>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112" s="53">
         <v>2364</v>
       </c>
-      <c r="B110" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E110" s="44">
+      <c r="B112" s="47" t="s">
+        <v>146</v>
+      </c>
+      <c r="C112" s="48">
+        <v>2529</v>
+      </c>
+      <c r="D112" s="48">
+        <v>-201</v>
+      </c>
+      <c r="E112" s="48">
         <f t="shared" si="2"/>
-        <v>2529</v>
-[...4 lines deleted...]
-      <c r="A111" s="49">
+        <v>2328</v>
+      </c>
+      <c r="F112" s="21"/>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113" s="53">
         <v>2365</v>
       </c>
-      <c r="B111" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E111" s="44">
+      <c r="B113" s="47" t="s">
+        <v>147</v>
+      </c>
+      <c r="C113" s="48">
+        <v>10912</v>
+      </c>
+      <c r="D113" s="48">
+        <v>532</v>
+      </c>
+      <c r="E113" s="48">
         <f t="shared" si="2"/>
-        <v>10912</v>
-[...4 lines deleted...]
-      <c r="A112" s="49">
+        <v>11444</v>
+      </c>
+      <c r="F113" s="21"/>
+    </row>
+    <row r="114" spans="1:6" ht="51">
+      <c r="A114" s="53">
         <v>2369</v>
       </c>
-      <c r="B112" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E112" s="44">
+      <c r="B114" s="47" t="s">
+        <v>148</v>
+      </c>
+      <c r="C114" s="48">
+        <v>235484</v>
+      </c>
+      <c r="D114" s="48">
+        <v>-6105</v>
+      </c>
+      <c r="E114" s="48">
         <f t="shared" si="2"/>
-        <v>235484</v>
-[...4 lines deleted...]
-      <c r="A113" s="48">
+        <v>229379</v>
+      </c>
+      <c r="F114" s="21"/>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115" s="52">
         <v>2390</v>
       </c>
-      <c r="B113" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E113" s="44">
+      <c r="B115" s="47" t="s">
+        <v>149</v>
+      </c>
+      <c r="C115" s="48">
+        <v>68161</v>
+      </c>
+      <c r="D115" s="48">
+        <v>-8</v>
+      </c>
+      <c r="E115" s="48">
         <f t="shared" si="2"/>
-        <v>68161</v>
-[...4 lines deleted...]
-      <c r="A114" s="47">
+        <v>68153</v>
+      </c>
+      <c r="F115" s="21"/>
+    </row>
+    <row r="116" spans="1:6" ht="25.5">
+      <c r="A116" s="51">
         <v>2500</v>
       </c>
-      <c r="B114" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E114" s="44">
+      <c r="B116" s="47" t="s">
+        <v>150</v>
+      </c>
+      <c r="C116" s="48">
+        <v>47888</v>
+      </c>
+      <c r="D116" s="48">
+        <v>5274</v>
+      </c>
+      <c r="E116" s="48">
         <f t="shared" si="2"/>
-        <v>47888</v>
-[...4 lines deleted...]
-      <c r="A115" s="48">
+        <v>53162</v>
+      </c>
+      <c r="F116" s="21"/>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117" s="52">
         <v>2510</v>
       </c>
-      <c r="B115" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B117" s="47" t="s">
+        <v>151</v>
+      </c>
+      <c r="C117" s="48">
         <v>47226</v>
       </c>
-      <c r="F115" s="17"/>
-[...2 lines deleted...]
-      <c r="A116" s="49">
+      <c r="D117" s="48">
+        <v>5274</v>
+      </c>
+      <c r="E117" s="48">
+        <f t="shared" ref="E117:E138" si="3">C117+D117</f>
+        <v>52500</v>
+      </c>
+      <c r="F117" s="21"/>
+    </row>
+    <row r="118" spans="1:6" ht="25.5">
+      <c r="A118" s="53">
         <v>2512</v>
       </c>
-      <c r="B116" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B118" s="47" t="s">
+        <v>152</v>
+      </c>
+      <c r="C118" s="48">
         <v>40380</v>
       </c>
-      <c r="F116" s="17"/>
-[...2 lines deleted...]
-      <c r="A117" s="49">
+      <c r="D118" s="48">
+        <v>3202</v>
+      </c>
+      <c r="E118" s="48">
+        <f t="shared" si="3"/>
+        <v>43582</v>
+      </c>
+      <c r="F118" s="21"/>
+    </row>
+    <row r="119" spans="1:6" ht="25.5">
+      <c r="A119" s="53">
         <v>2513</v>
       </c>
-      <c r="B117" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" si="2"/>
+      <c r="B119" s="47" t="s">
+        <v>153</v>
+      </c>
+      <c r="C119" s="48">
         <v>1508</v>
       </c>
-      <c r="F117" s="17"/>
-[...2 lines deleted...]
-      <c r="A118" s="49">
+      <c r="D119" s="48">
+        <v>0</v>
+      </c>
+      <c r="E119" s="48">
+        <f t="shared" si="3"/>
+        <v>1508</v>
+      </c>
+      <c r="F119" s="21"/>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120" s="53">
         <v>2515</v>
       </c>
-      <c r="B118" s="43" t="s">
-[...9 lines deleted...]
-        <f t="shared" ref="E118:E136" si="3">C118+D118</f>
+      <c r="B120" s="47" t="s">
+        <v>154</v>
+      </c>
+      <c r="C120" s="48">
         <v>2806</v>
       </c>
-      <c r="F118" s="17"/>
-[...2 lines deleted...]
-      <c r="A119" s="49">
+      <c r="D120" s="48">
+        <v>0</v>
+      </c>
+      <c r="E120" s="48">
+        <f t="shared" si="3"/>
+        <v>2806</v>
+      </c>
+      <c r="F120" s="21"/>
+    </row>
+    <row r="121" spans="1:6" ht="25.5">
+      <c r="A121" s="53">
         <v>2519</v>
       </c>
-      <c r="B119" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="44">
+      <c r="B121" s="47" t="s">
+        <v>155</v>
+      </c>
+      <c r="C121" s="48">
         <v>2532</v>
       </c>
-      <c r="D119" s="44">
+      <c r="D121" s="48">
+        <v>2072</v>
+      </c>
+      <c r="E121" s="48">
+        <f t="shared" si="3"/>
+        <v>4604</v>
+      </c>
+      <c r="F121" s="21"/>
+    </row>
+    <row r="122" spans="1:6" ht="25.5">
+      <c r="A122" s="52">
+        <v>2520</v>
+      </c>
+      <c r="B122" s="47" t="s">
+        <v>156</v>
+      </c>
+      <c r="C122" s="48">
+        <v>662</v>
+      </c>
+      <c r="D122" s="48">
         <v>0</v>
       </c>
-      <c r="E119" s="44">
-[...18 lines deleted...]
-      <c r="E120" s="44">
+      <c r="E122" s="48">
         <f t="shared" si="3"/>
         <v>662</v>
       </c>
-      <c r="F120" s="17"/>
-[...14 lines deleted...]
-      <c r="E121" s="44">
+      <c r="F122" s="21"/>
+    </row>
+    <row r="123" spans="1:6" ht="25.5">
+      <c r="A123" s="46" t="s">
+        <v>157</v>
+      </c>
+      <c r="B123" s="47" t="s">
+        <v>158</v>
+      </c>
+      <c r="C123" s="48">
+        <v>825654</v>
+      </c>
+      <c r="D123" s="48">
+        <v>1100</v>
+      </c>
+      <c r="E123" s="48">
         <f t="shared" si="3"/>
+        <v>826754</v>
+      </c>
+      <c r="F123" s="21"/>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124" s="49">
+        <v>6000</v>
+      </c>
+      <c r="B124" s="47" t="s">
+        <v>159</v>
+      </c>
+      <c r="C124" s="48">
         <v>825654</v>
       </c>
-      <c r="F121" s="17"/>
-[...14 lines deleted...]
-      <c r="E122" s="44">
+      <c r="D124" s="48">
+        <v>1100</v>
+      </c>
+      <c r="E124" s="48">
         <f t="shared" si="3"/>
+        <v>826754</v>
+      </c>
+      <c r="F124" s="21"/>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125" s="51">
+        <v>6200</v>
+      </c>
+      <c r="B125" s="47" t="s">
+        <v>160</v>
+      </c>
+      <c r="C125" s="48">
         <v>825654</v>
       </c>
-      <c r="F122" s="17"/>
-[...14 lines deleted...]
-      <c r="E123" s="44">
+      <c r="D125" s="48">
+        <v>1100</v>
+      </c>
+      <c r="E125" s="48">
         <f t="shared" si="3"/>
-        <v>825654</v>
-[...4 lines deleted...]
-      <c r="A124" s="48">
+        <v>826754</v>
+      </c>
+      <c r="F125" s="21"/>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126" s="52">
         <v>6230</v>
       </c>
-      <c r="B124" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E124" s="44">
+      <c r="B126" s="47" t="s">
+        <v>161</v>
+      </c>
+      <c r="C126" s="48">
+        <v>287901</v>
+      </c>
+      <c r="D126" s="48">
+        <v>9002</v>
+      </c>
+      <c r="E126" s="48">
         <f t="shared" si="3"/>
+        <v>296903</v>
+      </c>
+      <c r="F126" s="21"/>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127" s="53">
+        <v>6239</v>
+      </c>
+      <c r="B127" s="47" t="s">
+        <v>162</v>
+      </c>
+      <c r="C127" s="48">
         <v>287901</v>
       </c>
-      <c r="F124" s="17"/>
-[...14 lines deleted...]
-      <c r="E125" s="44">
+      <c r="D127" s="48">
+        <v>9002</v>
+      </c>
+      <c r="E127" s="48">
         <f t="shared" si="3"/>
-        <v>287901</v>
-[...4 lines deleted...]
-      <c r="A126" s="48">
+        <v>296903</v>
+      </c>
+      <c r="F127" s="21"/>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128" s="52">
         <v>6290</v>
       </c>
-      <c r="B126" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E126" s="44">
+      <c r="B128" s="47" t="s">
+        <v>163</v>
+      </c>
+      <c r="C128" s="48">
+        <v>537753</v>
+      </c>
+      <c r="D128" s="48">
+        <v>-7902</v>
+      </c>
+      <c r="E128" s="48">
         <f t="shared" si="3"/>
+        <v>529851</v>
+      </c>
+      <c r="F128" s="21"/>
+    </row>
+    <row r="129" spans="1:26" ht="63.75">
+      <c r="A129" s="53">
+        <v>6296</v>
+      </c>
+      <c r="B129" s="47" t="s">
+        <v>164</v>
+      </c>
+      <c r="C129" s="48">
         <v>537753</v>
       </c>
-      <c r="F126" s="17"/>
-[...14 lines deleted...]
-      <c r="E127" s="44">
+      <c r="D129" s="48">
+        <v>-7902</v>
+      </c>
+      <c r="E129" s="48">
         <f t="shared" si="3"/>
-        <v>537753</v>
-[...17 lines deleted...]
-        <f t="shared" si="3"/>
+        <v>529851</v>
+      </c>
+      <c r="F129" s="21"/>
+    </row>
+    <row r="130" spans="1:26">
+      <c r="A130" s="45" t="s">
+        <v>165</v>
+      </c>
+      <c r="B130" s="43" t="s">
+        <v>166</v>
+      </c>
+      <c r="C130" s="44">
         <v>886558</v>
       </c>
-      <c r="F128" s="17"/>
-[...29 lines deleted...]
-      </c>
       <c r="D130" s="44">
-        <v>658684</v>
+        <v>5500</v>
       </c>
       <c r="E130" s="44">
         <f t="shared" si="3"/>
+        <v>892058</v>
+      </c>
+      <c r="F130" s="21"/>
+    </row>
+    <row r="131" spans="1:26">
+      <c r="A131" s="46" t="s">
+        <v>167</v>
+      </c>
+      <c r="B131" s="47" t="s">
+        <v>168</v>
+      </c>
+      <c r="C131" s="48">
         <v>886558</v>
       </c>
-      <c r="F130" s="17"/>
-[...2 lines deleted...]
-      <c r="A131" s="47">
+      <c r="D131" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E131" s="48">
+        <f t="shared" si="3"/>
+        <v>892058</v>
+      </c>
+      <c r="F131" s="21"/>
+    </row>
+    <row r="132" spans="1:26" ht="25.5">
+      <c r="A132" s="49">
+        <v>5200</v>
+      </c>
+      <c r="B132" s="47" t="s">
+        <v>169</v>
+      </c>
+      <c r="C132" s="48">
+        <v>886558</v>
+      </c>
+      <c r="D132" s="48">
+        <v>5500</v>
+      </c>
+      <c r="E132" s="48">
+        <f t="shared" si="3"/>
+        <v>892058</v>
+      </c>
+      <c r="F132" s="21"/>
+    </row>
+    <row r="133" spans="1:26">
+      <c r="A133" s="51">
         <v>5230</v>
       </c>
-      <c r="B131" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E131" s="44">
+      <c r="B133" s="47" t="s">
+        <v>170</v>
+      </c>
+      <c r="C133" s="48">
+        <v>209208</v>
+      </c>
+      <c r="D133" s="48">
+        <v>0</v>
+      </c>
+      <c r="E133" s="48">
         <f t="shared" si="3"/>
         <v>209208</v>
       </c>
-      <c r="F131" s="17"/>
-[...2 lines deleted...]
-      <c r="A132" s="48">
+      <c r="F133" s="21"/>
+    </row>
+    <row r="134" spans="1:26">
+      <c r="A134" s="52">
         <v>5231</v>
       </c>
-      <c r="B132" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C132" s="44">
+      <c r="B134" s="47" t="s">
+        <v>171</v>
+      </c>
+      <c r="C134" s="48">
         <v>83569</v>
       </c>
-      <c r="D132" s="44">
+      <c r="D134" s="48">
         <v>0</v>
       </c>
-      <c r="E132" s="44">
+      <c r="E134" s="48">
         <f t="shared" si="3"/>
         <v>83569</v>
       </c>
-      <c r="F132" s="17"/>
-[...2 lines deleted...]
-      <c r="A133" s="48">
+      <c r="F134" s="21"/>
+    </row>
+    <row r="135" spans="1:26">
+      <c r="A135" s="52">
         <v>5238</v>
       </c>
-      <c r="B133" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E133" s="44">
+      <c r="B135" s="47" t="s">
+        <v>172</v>
+      </c>
+      <c r="C135" s="48">
+        <v>7013</v>
+      </c>
+      <c r="D135" s="48">
+        <v>0</v>
+      </c>
+      <c r="E135" s="48">
         <f t="shared" si="3"/>
         <v>7013</v>
       </c>
-      <c r="F133" s="17"/>
-[...2 lines deleted...]
-      <c r="A134" s="48">
+      <c r="F135" s="21"/>
+    </row>
+    <row r="136" spans="1:26" ht="25.5">
+      <c r="A136" s="52">
         <v>5239</v>
       </c>
-      <c r="B134" s="43" t="s">
-[...8 lines deleted...]
-      <c r="E134" s="44">
+      <c r="B136" s="47" t="s">
+        <v>173</v>
+      </c>
+      <c r="C136" s="48">
+        <v>118626</v>
+      </c>
+      <c r="D136" s="48">
+        <v>0</v>
+      </c>
+      <c r="E136" s="48">
         <f t="shared" si="3"/>
         <v>118626</v>
       </c>
-      <c r="F134" s="17"/>
-[...2 lines deleted...]
-      <c r="A135" s="47">
+      <c r="F136" s="21"/>
+    </row>
+    <row r="137" spans="1:26" ht="25.5">
+      <c r="A137" s="51">
         <v>5240</v>
       </c>
-      <c r="B135" s="43" t="s">
-[...2 lines deleted...]
-      <c r="C135" s="44">
+      <c r="B137" s="47" t="s">
+        <v>174</v>
+      </c>
+      <c r="C137" s="48">
+        <v>450000</v>
+      </c>
+      <c r="D137" s="48">
         <v>0</v>
       </c>
-      <c r="D135" s="44">
-[...2 lines deleted...]
-      <c r="E135" s="44">
+      <c r="E137" s="48">
         <f t="shared" si="3"/>
         <v>450000</v>
       </c>
-      <c r="F135" s="17"/>
-[...2 lines deleted...]
-      <c r="A136" s="46">
+      <c r="F137" s="21"/>
+    </row>
+    <row r="138" spans="1:26">
+      <c r="A138" s="50">
         <v>5250</v>
       </c>
-      <c r="B136" s="22" t="s">
-[...8 lines deleted...]
-      <c r="E136" s="23">
+      <c r="B138" s="26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C138" s="27">
+        <v>227350</v>
+      </c>
+      <c r="D138" s="27">
+        <v>5500</v>
+      </c>
+      <c r="E138" s="27">
         <f t="shared" si="3"/>
-        <v>227350</v>
-[...12 lines deleted...]
-      <c r="Z137"/>
+        <v>232850</v>
+      </c>
+      <c r="F138" s="21"/>
+    </row>
+    <row r="139" spans="1:26">
+      <c r="A139" s="7"/>
+      <c r="B139" s="8"/>
+      <c r="C139" s="8"/>
+      <c r="D139" s="8"/>
+      <c r="E139" s="7"/>
+    </row>
+    <row r="140" spans="1:26">
+      <c r="B140" s="6"/>
+      <c r="C140" s="6"/>
+      <c r="D140" s="9"/>
+      <c r="E140" s="10"/>
+      <c r="F140" s="10"/>
+    </row>
+    <row r="141" spans="1:26">
+      <c r="B141" s="6"/>
+      <c r="C141" s="6"/>
+      <c r="D141" s="9"/>
+      <c r="E141" s="10"/>
+      <c r="F141" s="10"/>
+    </row>
+    <row r="142" spans="1:26" ht="32.25" customHeight="1">
+      <c r="A142" s="55" t="s">
+        <v>176</v>
+      </c>
+      <c r="B142" s="55"/>
+      <c r="C142" s="55"/>
+      <c r="D142" s="55"/>
+      <c r="E142" s="55"/>
+      <c r="F142" s="1"/>
+      <c r="Z142"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A137:E137"/>
+    <mergeCell ref="A142:E142"/>
+    <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B9:D9"/>
     <mergeCell ref="B10:D10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
-    <mergeCell ref="B14:D14"/>
   </mergeCells>
   <pageMargins left="0.23622047244093999" right="0.23622047244093999" top="0.39370078740157" bottom="0.59055118110236005" header="0.51181102362205" footer="0.31496062992126"/>
-  <pageSetup paperSize="9" scale="86" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="90" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;"Times New Roman"&amp;10&amp;Kc0c0c0Finanšu ministrija     &amp;R&amp;"Times New Roman"&amp;10&amp;Kc0c0c02024</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darblapas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Diapazoni ar nosaukumiem</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>