--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -114,130 +114,168 @@
       <w:tblGrid>
         <w:gridCol w:w="2895"/>
         <w:gridCol w:w="3815"/>
         <w:gridCol w:w="527"/>
         <w:gridCol w:w="4295"/>
         <w:gridCol w:w="2868"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F66A44" w:rsidRPr="004D7434" w14:paraId="7C567BC8" w14:textId="77777777" w:rsidTr="004D4D6B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="572A52B5" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tīmekļvietnes atbilstība piekļūstamības prasībām veikta (veikšanas datums):</w:t>
+              <w:t xml:space="preserve">Tīmekļvietnes atbilstība </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>piekļūstamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prasībām veikta (veikšanas datums):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4006" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB3D02F" w14:textId="67392871" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00AB5CA2" w:rsidP="004D4D6B">
+          <w:p w14:paraId="0DB3D02F" w14:textId="2C6B16CE" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00604819" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB5CA2">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00F66A44">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AB5CA2">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="007D24D0">
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46465A2A" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13FDD4DA" w14:textId="73BDA291" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tīmekļvietnes piekļūstamības pārbaudi veica</w:t>
+              <w:t xml:space="preserve">Tīmekļvietnes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>piekļūstamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārbaudi veica</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:br/>
               <w:t>(vārds, uzvārds, amats</w:t>
             </w:r>
             <w:r w:rsidR="00516C7A">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -329,51 +367,67 @@
           </w:tcPr>
           <w:p w14:paraId="595A5BB2" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A7CA8D5" w14:textId="585BC4D3" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Tīmekļvietnes piekļūstamības pārbaudi veica</w:t>
+              <w:t xml:space="preserve">Tīmekļvietnes </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>piekļūstamības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārbaudi veica</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:br/>
               <w:t>(vārds, uzvārds, amats</w:t>
             </w:r>
             <w:r w:rsidR="00516C7A">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -461,1486 +515,1548 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3078" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67978625" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F86FF52" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="00CB73F9">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2101"/>
-[...10 lines deleted...]
-        <w:gridCol w:w="1212"/>
+        <w:gridCol w:w="2080"/>
+        <w:gridCol w:w="892"/>
+        <w:gridCol w:w="1108"/>
+        <w:gridCol w:w="1106"/>
+        <w:gridCol w:w="1194"/>
+        <w:gridCol w:w="1262"/>
+        <w:gridCol w:w="863"/>
+        <w:gridCol w:w="1106"/>
+        <w:gridCol w:w="1106"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="1263"/>
+        <w:gridCol w:w="1200"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="7593BCF0" w14:textId="77777777" w:rsidTr="00682F79">
+      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="7593BCF0" w14:textId="77777777" w:rsidTr="0024535E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58FDC354" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Novērtētās lapas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="892" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A3B65DA" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Galvenā navigācija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1108" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73BF2B18" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t>Pamatstruk-tūras pārbaude</w:t>
+              <w:t>Pamatstruk-tūras</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CB73F9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pārbaude</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07E51BD4" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Tastatūras piekļuve un vizuālais fokuss</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B693AE6" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Formu lauki un kļūdu paziņojumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F05942D" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Attēlu tekstuālā alternatīva</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
+            <w:tcW w:w="863" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64123752" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Virsraksti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29E12EBD" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Krāsu kontrasti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECADC5B" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Teksta izmēra tālummaiņa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="077464C8" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Lapu nosaukumi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="174AF858" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Saturs, kas kustas, mirgo un zibsnī</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3225F779" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="004D4D6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB73F9">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Multimediju (audio, video) satura alternatīvas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="247368E7" w14:textId="77777777" w:rsidTr="00682F79">
+      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="247368E7" w14:textId="77777777" w:rsidTr="0024535E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
+            <w:tcW w:w="2080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A46EC14" w14:textId="38CBC81E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="007468B8" w:rsidP="004D4D6B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007468B8">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>https://www.vsaczemgale.gov.lv/lv/aktualitates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="892" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDBA331" w14:textId="2DBC1A4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="3DDBA331" w14:textId="2DBC1A4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E10662B" w14:textId="48FBA58C" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="2E10662B" w14:textId="48FBA58C" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="462C5185" w14:textId="14A01ECC" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="462C5185" w14:textId="14A01ECC" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D402340" w14:textId="6C0D939A" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="004D4D6B">
+          <w:p w14:paraId="2D402340" w14:textId="6C0D939A" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1095101D" w14:textId="3880D664" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="004D4D6B">
+          <w:p w14:paraId="1095101D" w14:textId="3880D664" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Neatbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
+            <w:tcW w:w="863" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4197F569" w14:textId="1B0431B0" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="4197F569" w14:textId="1B0431B0" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DAEA4EB" w14:textId="63F878BF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="7DAEA4EB" w14:textId="63F878BF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF9BB2A" w14:textId="4157FDD5" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="2FF9BB2A" w14:textId="4157FDD5" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8E1466" w14:textId="126B6129" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="1A8E1466" w14:textId="126B6129" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57B1543C" w14:textId="680D7E4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="57B1543C" w14:textId="0810FF4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="002C184D" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F97111" w14:textId="5F715F38" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Neatbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="10FB6C36" w14:textId="77777777" w:rsidTr="0024535E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8C2395" w14:textId="151D90E8" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="007468B8" w:rsidP="004D4D6B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.vsaczemgale.gov.lv/lv/vakances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3DF7C6" w14:textId="0D9801B3" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48F97111" w14:textId="5F715F38" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
-[...45 lines deleted...]
-          <w:p w14:paraId="6D3DF7C6" w14:textId="0D9801B3" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="7D574F74" w14:textId="67504845" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D574F74" w14:textId="67504845" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="198FFDF8" w14:textId="274A26CF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1194" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="198FFDF8" w14:textId="274A26CF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="440ECB11" w14:textId="41E1FAB7" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="005D63BD" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="440ECB11" w14:textId="41E1FAB7" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="005D63BD" w:rsidP="004D4D6B">
+          <w:p w14:paraId="069118F5" w14:textId="39C250F1" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00A95487" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Neatbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="077710F3" w14:textId="5C025B50" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="069118F5" w14:textId="4FDF54D8" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="7DD1F89D" w14:textId="0B11B387" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3BA408" w14:textId="0B912CF4" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A10B0A1" w14:textId="0D9C3900" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D54F5B8" w14:textId="3837983D" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="002C184D" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="077710F3" w14:textId="5C025B50" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="2F635688" w14:textId="3B957FD9" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="0601AC9A" w14:textId="77777777" w:rsidTr="0024535E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18730E10" w14:textId="1F29151C" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="003255AD" w:rsidP="004D4D6B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003255AD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.vsaczemgale.gov.lv/lv/filiales</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10EF495E" w14:textId="5C4E9F11" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD1F89D" w14:textId="0B11B387" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="46DE4E8D" w14:textId="1FBACABF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3BA408" w14:textId="0B912CF4" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="597841ED" w14:textId="5A888262" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7585FE9B" w14:textId="217CF36F" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1262" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A10B0A1" w14:textId="0D9C3900" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="30857486" w14:textId="31F17631" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00A95487" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Neatbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD40808" w14:textId="14EB6B4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1023" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D54F5B8" w14:textId="5DE340C4" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="0344DC19" w14:textId="3494FDFA" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1212" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F635688" w14:textId="3B957FD9" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
-[...45 lines deleted...]
-          <w:p w14:paraId="10EF495E" w14:textId="5C4E9F11" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="03BC5F9C" w14:textId="3189E959" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46DE4E8D" w14:textId="1FBACABF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="6CACA3CF" w14:textId="111AB804" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="1263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="597841ED" w14:textId="5A888262" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="36153F9D" w14:textId="0619C00F" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="002C184D" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68364BAA" w14:textId="086B2D5F" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Nav attiecināms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CB73F9" w:rsidRPr="004D7434" w14:paraId="205D1867" w14:textId="77777777" w:rsidTr="0024535E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09473C62" w14:textId="70D68D46" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="007468B8" w:rsidP="004D4D6B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007468B8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.vsaczemgale.gov.lv/lv/iestades-kontakti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="892" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE42411" w14:textId="053137B9" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1206" w:type="dxa"/>
+            <w:tcW w:w="1108" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7585FE9B" w14:textId="217CF36F" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="004D4D6B">
+          <w:p w14:paraId="274856F3" w14:textId="65778DE3" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Atbilst</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:tcW w:w="1106" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30857486" w14:textId="7ED370DD" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00C74966" w:rsidP="004D4D6B">
+          <w:p w14:paraId="1D3C79A7" w14:textId="14FFBC75" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1194" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3413B92F" w14:textId="4F72092B" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="005A32B8" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1262" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73B41EC8" w14:textId="3F2DC6BA" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00A95487" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Neatbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="863" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600DCF46" w14:textId="325B3360" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD58A92" w14:textId="38636B6F" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1106" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7731CA38" w14:textId="0D2F5B25" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C27B59D" w14:textId="570A42EF" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Atbilst</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1263" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6F17D6" w14:textId="7DE12823" w:rsidR="00DD5BF9" w:rsidRPr="00CB73F9" w:rsidRDefault="002C184D" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="871" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AD40808" w14:textId="14EB6B4E" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
-[...375 lines deleted...]
-          <w:p w14:paraId="02F23161" w14:textId="49A75408" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="004D4D6B">
+          <w:p w14:paraId="02F23161" w14:textId="49A75408" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00DD5BF9" w:rsidP="0024535E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>Nav attiecināms</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2E7DE9CF" w14:textId="77777777" w:rsidR="00CB73F9" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="00CB73F9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk58338469"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk58338469"/>
       <w:r w:rsidRPr="00CB73F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
-        <w:t>Aizpildot tabulu, rīkoties šādi: 1) ja pārbaudāmais elements atbilst noteiktajām piekļūstamības prasībām, atzīmējiet tabulā konkrētajā ailē “Atbilst”; 3) ja pārbaudāmais aspekts neatbilst noteiktajām piekļūstamības prasībām, atzīmējiet “Neatbilst”; 3) ja pārbaudāmais elements neatrodas izvēlētajā lapā, atzīmējiet “Nav attiecināms”. Šūnām, kurās norādīts “Neatbilst”, ieteicams pievienot komentāru , kas tieši neatbilst. Šī informācija būs nepieciešama, aizpildot piekļūstamības paziņojuma formu.</w:t>
+        <w:t xml:space="preserve">Aizpildot tabulu, rīkoties šādi: 1) ja pārbaudāmais elements atbilst noteiktajām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasībām, atzīmējiet tabulā konkrētajā ailē “Atbilst”; 3) ja pārbaudāmais aspekts neatbilst noteiktajām </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prasībām, atzīmējiet “Neatbilst”; 3) ja pārbaudāmais elements neatrodas izvēlētajā lapā, atzīmējiet “Nav attiecināms”. Šūnām, kurās norādīts “Neatbilst”, ieteicams pievienot komentāru , kas tieši neatbilst. Šī informācija būs nepieciešama, aizpildot </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t>piekļūstamības</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CB73F9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:lang w:val="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paziņojuma formu.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="474A4437" w14:textId="1F39669E" w:rsidR="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="00CB73F9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB73F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">Pārbaudi apstiprināja </w:t>
       </w:r>
       <w:r w:rsidR="00F66A44">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>direktors Kristaps Keišs</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB73F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1992,88 +2108,86 @@
         </w:rPr>
         <w:t>atbilstoši iestādē noteiktajai iekšējai dokumentu aprites kārtībai.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72CCA80D" w14:textId="2815BE6D" w:rsidR="00291AB2" w:rsidRPr="00CB73F9" w:rsidRDefault="00CB73F9" w:rsidP="00CB0DA9">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB73F9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00CB73F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="lv-LV"/>
         </w:rPr>
         <w:t>ŠIS DOKUMENTS IR ELEKTRONISKI PARAKSTĪTS AR DROŠU ELEKTRONISKO PARAKSTU UN SATUR LAIKA ZĪMOGU</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00291AB2" w:rsidRPr="00CB73F9" w:rsidSect="00291AB2">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A2F77D0" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65" w:rsidP="001D0122">
+    <w:p w14:paraId="4B83CFC6" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B" w:rsidP="001D0122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7356DF59" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65" w:rsidP="001D0122">
+    <w:p w14:paraId="531BA137" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B" w:rsidP="001D0122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7006A63D" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65">
+    <w:p w14:paraId="58583343" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2168,71 +2282,71 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1507CFAF" w14:textId="77777777" w:rsidR="009403E7" w:rsidRDefault="009403E7">
     <w:pPr>
       <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41D6A79A" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65" w:rsidP="001D0122">
+    <w:p w14:paraId="067E6E02" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B" w:rsidP="001D0122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0EB33A48" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65" w:rsidP="001D0122">
+    <w:p w14:paraId="613F03EE" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B" w:rsidP="001D0122">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1535A3F4" w14:textId="77777777" w:rsidR="00216B65" w:rsidRDefault="00216B65">
+    <w:p w14:paraId="4D177E19" w14:textId="77777777" w:rsidR="00593A0B" w:rsidRDefault="00593A0B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01177893"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7AAF00E"/>
     <w:lvl w:ilvl="0" w:tplc="E1D8A30E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
         <w:color w:val="000000"/>
@@ -8940,53 +9054,54 @@
   </w:num>
   <w:num w:numId="57">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="58">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="59">
     <w:abstractNumId w:val="50"/>
   </w:num>
   <w:num w:numId="60">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="61">
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="62">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="60"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="140"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -9168,102 +9283,105 @@
     <w:rsid w:val="001E71B3"/>
     <w:rsid w:val="001F1A3B"/>
     <w:rsid w:val="001F387C"/>
     <w:rsid w:val="001F7698"/>
     <w:rsid w:val="001F7EA0"/>
     <w:rsid w:val="00200A0F"/>
     <w:rsid w:val="002074E9"/>
     <w:rsid w:val="00207875"/>
     <w:rsid w:val="00207E07"/>
     <w:rsid w:val="00210B99"/>
     <w:rsid w:val="00214EC6"/>
     <w:rsid w:val="0021573F"/>
     <w:rsid w:val="00216B65"/>
     <w:rsid w:val="00216D05"/>
     <w:rsid w:val="00220500"/>
     <w:rsid w:val="00220F82"/>
     <w:rsid w:val="002252A1"/>
     <w:rsid w:val="00226F26"/>
     <w:rsid w:val="00227556"/>
     <w:rsid w:val="0023270E"/>
     <w:rsid w:val="00236235"/>
     <w:rsid w:val="00240BD3"/>
     <w:rsid w:val="002418A8"/>
     <w:rsid w:val="00241999"/>
     <w:rsid w:val="00241BE1"/>
+    <w:rsid w:val="0024535E"/>
     <w:rsid w:val="002455D4"/>
     <w:rsid w:val="00250A5E"/>
     <w:rsid w:val="00250CE5"/>
     <w:rsid w:val="00250D3B"/>
     <w:rsid w:val="00253FB9"/>
     <w:rsid w:val="00256A35"/>
     <w:rsid w:val="00261673"/>
     <w:rsid w:val="00263987"/>
     <w:rsid w:val="002640B2"/>
     <w:rsid w:val="00265BE8"/>
     <w:rsid w:val="00271ABF"/>
     <w:rsid w:val="002727B1"/>
     <w:rsid w:val="00273BD2"/>
     <w:rsid w:val="0027477C"/>
     <w:rsid w:val="00276000"/>
     <w:rsid w:val="00276FCE"/>
     <w:rsid w:val="0028321A"/>
     <w:rsid w:val="00286B5A"/>
     <w:rsid w:val="00287D06"/>
     <w:rsid w:val="00290024"/>
     <w:rsid w:val="00291AB2"/>
     <w:rsid w:val="002922E5"/>
     <w:rsid w:val="00293A60"/>
     <w:rsid w:val="00293ADB"/>
     <w:rsid w:val="00293C72"/>
     <w:rsid w:val="002A1B32"/>
     <w:rsid w:val="002A4E0E"/>
     <w:rsid w:val="002A5B26"/>
     <w:rsid w:val="002A6C8B"/>
     <w:rsid w:val="002A7C3F"/>
     <w:rsid w:val="002B1558"/>
     <w:rsid w:val="002B2FE1"/>
     <w:rsid w:val="002B3C7C"/>
     <w:rsid w:val="002B5241"/>
     <w:rsid w:val="002B7064"/>
     <w:rsid w:val="002B7771"/>
     <w:rsid w:val="002C08BC"/>
+    <w:rsid w:val="002C184D"/>
     <w:rsid w:val="002C333C"/>
     <w:rsid w:val="002C339A"/>
     <w:rsid w:val="002C4EBE"/>
     <w:rsid w:val="002C5579"/>
     <w:rsid w:val="002C60D7"/>
     <w:rsid w:val="002C7D47"/>
     <w:rsid w:val="002D19C9"/>
     <w:rsid w:val="002D2DE7"/>
     <w:rsid w:val="002D3470"/>
     <w:rsid w:val="002D40B1"/>
     <w:rsid w:val="002D40FC"/>
     <w:rsid w:val="002D5054"/>
     <w:rsid w:val="002D5210"/>
     <w:rsid w:val="002D7BA4"/>
     <w:rsid w:val="002E290A"/>
+    <w:rsid w:val="002E38A2"/>
     <w:rsid w:val="002E3F0B"/>
     <w:rsid w:val="002E4EA7"/>
     <w:rsid w:val="002E77D1"/>
     <w:rsid w:val="002F6170"/>
     <w:rsid w:val="00300012"/>
     <w:rsid w:val="00300A53"/>
     <w:rsid w:val="00301CCA"/>
     <w:rsid w:val="00303412"/>
     <w:rsid w:val="003048C3"/>
     <w:rsid w:val="0030496B"/>
     <w:rsid w:val="00305528"/>
     <w:rsid w:val="0030666C"/>
     <w:rsid w:val="0030691B"/>
     <w:rsid w:val="00307370"/>
     <w:rsid w:val="00307D97"/>
     <w:rsid w:val="00312546"/>
     <w:rsid w:val="00313C17"/>
     <w:rsid w:val="003145F2"/>
     <w:rsid w:val="0031496D"/>
     <w:rsid w:val="00317862"/>
     <w:rsid w:val="00320B70"/>
     <w:rsid w:val="00320B8E"/>
     <w:rsid w:val="0032241F"/>
     <w:rsid w:val="003240DC"/>
     <w:rsid w:val="00324AA5"/>
@@ -9448,99 +9566,102 @@
     <w:rsid w:val="00544B75"/>
     <w:rsid w:val="00552BD7"/>
     <w:rsid w:val="00552D0C"/>
     <w:rsid w:val="005533ED"/>
     <w:rsid w:val="00554F8A"/>
     <w:rsid w:val="0056034B"/>
     <w:rsid w:val="005662A5"/>
     <w:rsid w:val="0057058A"/>
     <w:rsid w:val="00573549"/>
     <w:rsid w:val="00573DF5"/>
     <w:rsid w:val="005753C2"/>
     <w:rsid w:val="00575671"/>
     <w:rsid w:val="00575E51"/>
     <w:rsid w:val="00576405"/>
     <w:rsid w:val="00576D6B"/>
     <w:rsid w:val="00577F65"/>
     <w:rsid w:val="00580FDB"/>
     <w:rsid w:val="00583153"/>
     <w:rsid w:val="0058327A"/>
     <w:rsid w:val="00586C8E"/>
     <w:rsid w:val="00586D5A"/>
     <w:rsid w:val="00590BEC"/>
     <w:rsid w:val="00591B1D"/>
     <w:rsid w:val="005938E5"/>
     <w:rsid w:val="005939F1"/>
+    <w:rsid w:val="00593A0B"/>
     <w:rsid w:val="00594408"/>
     <w:rsid w:val="005A18F5"/>
     <w:rsid w:val="005A1DAF"/>
     <w:rsid w:val="005A1DC8"/>
     <w:rsid w:val="005A300C"/>
+    <w:rsid w:val="005A32B8"/>
     <w:rsid w:val="005A4646"/>
     <w:rsid w:val="005A6218"/>
     <w:rsid w:val="005A65F9"/>
     <w:rsid w:val="005A6771"/>
     <w:rsid w:val="005A793C"/>
     <w:rsid w:val="005B055A"/>
     <w:rsid w:val="005B1563"/>
     <w:rsid w:val="005B16B4"/>
     <w:rsid w:val="005B200C"/>
     <w:rsid w:val="005B2746"/>
     <w:rsid w:val="005B2EE9"/>
     <w:rsid w:val="005B3846"/>
     <w:rsid w:val="005B3B97"/>
     <w:rsid w:val="005B3E47"/>
     <w:rsid w:val="005B6A73"/>
     <w:rsid w:val="005B7726"/>
     <w:rsid w:val="005C1511"/>
     <w:rsid w:val="005C1F00"/>
     <w:rsid w:val="005C2EC5"/>
     <w:rsid w:val="005C363E"/>
     <w:rsid w:val="005C44A2"/>
     <w:rsid w:val="005C47C5"/>
     <w:rsid w:val="005D0812"/>
     <w:rsid w:val="005D0D37"/>
     <w:rsid w:val="005D1A68"/>
     <w:rsid w:val="005D3C95"/>
     <w:rsid w:val="005D4F15"/>
     <w:rsid w:val="005D63BD"/>
     <w:rsid w:val="005D7AE1"/>
     <w:rsid w:val="005E0C4F"/>
     <w:rsid w:val="005E0C68"/>
     <w:rsid w:val="005E261E"/>
     <w:rsid w:val="005E5C5A"/>
     <w:rsid w:val="005E69FD"/>
     <w:rsid w:val="005F0E0A"/>
     <w:rsid w:val="005F2980"/>
     <w:rsid w:val="005F387A"/>
     <w:rsid w:val="005F48FA"/>
     <w:rsid w:val="005F52EF"/>
     <w:rsid w:val="005F6C2E"/>
     <w:rsid w:val="00601C84"/>
     <w:rsid w:val="00602A45"/>
     <w:rsid w:val="00602E2F"/>
     <w:rsid w:val="0060460B"/>
+    <w:rsid w:val="00604819"/>
     <w:rsid w:val="00612049"/>
     <w:rsid w:val="006137B9"/>
     <w:rsid w:val="00613C64"/>
     <w:rsid w:val="00614195"/>
     <w:rsid w:val="0061450A"/>
     <w:rsid w:val="00614BBE"/>
     <w:rsid w:val="006153CC"/>
     <w:rsid w:val="00615B38"/>
     <w:rsid w:val="00616679"/>
     <w:rsid w:val="00620968"/>
     <w:rsid w:val="006213C0"/>
     <w:rsid w:val="006218C0"/>
     <w:rsid w:val="00621B55"/>
     <w:rsid w:val="00625232"/>
     <w:rsid w:val="006269D1"/>
     <w:rsid w:val="00627EC5"/>
     <w:rsid w:val="0063064F"/>
     <w:rsid w:val="00630FFD"/>
     <w:rsid w:val="0063186C"/>
     <w:rsid w:val="006323D0"/>
     <w:rsid w:val="00634439"/>
     <w:rsid w:val="00635731"/>
     <w:rsid w:val="0063619E"/>
     <w:rsid w:val="00643E31"/>
     <w:rsid w:val="00647749"/>
@@ -9726,50 +9847,51 @@
     <w:rsid w:val="00842F36"/>
     <w:rsid w:val="00842FCA"/>
     <w:rsid w:val="008439EE"/>
     <w:rsid w:val="0084596D"/>
     <w:rsid w:val="008463A5"/>
     <w:rsid w:val="008464F0"/>
     <w:rsid w:val="00854736"/>
     <w:rsid w:val="0086007D"/>
     <w:rsid w:val="0086070D"/>
     <w:rsid w:val="008620CF"/>
     <w:rsid w:val="00862211"/>
     <w:rsid w:val="00864030"/>
     <w:rsid w:val="008700CF"/>
     <w:rsid w:val="00871C7D"/>
     <w:rsid w:val="00871D7E"/>
     <w:rsid w:val="008739EE"/>
     <w:rsid w:val="00873A74"/>
     <w:rsid w:val="00874421"/>
     <w:rsid w:val="0087470A"/>
     <w:rsid w:val="008748FC"/>
     <w:rsid w:val="008767A5"/>
     <w:rsid w:val="00882F3F"/>
     <w:rsid w:val="00884CBC"/>
     <w:rsid w:val="00885A16"/>
     <w:rsid w:val="0088710E"/>
+    <w:rsid w:val="00890B04"/>
     <w:rsid w:val="008923E2"/>
     <w:rsid w:val="00896053"/>
     <w:rsid w:val="00897073"/>
     <w:rsid w:val="0089792B"/>
     <w:rsid w:val="008A158B"/>
     <w:rsid w:val="008A5234"/>
     <w:rsid w:val="008B1A3B"/>
     <w:rsid w:val="008B1E63"/>
     <w:rsid w:val="008B2700"/>
     <w:rsid w:val="008B34F9"/>
     <w:rsid w:val="008B511F"/>
     <w:rsid w:val="008B70DB"/>
     <w:rsid w:val="008D21DF"/>
     <w:rsid w:val="008D2740"/>
     <w:rsid w:val="008D28FB"/>
     <w:rsid w:val="008D4A06"/>
     <w:rsid w:val="008D4C40"/>
     <w:rsid w:val="008D68BB"/>
     <w:rsid w:val="008E11EF"/>
     <w:rsid w:val="008E12FF"/>
     <w:rsid w:val="008E3D9A"/>
     <w:rsid w:val="008E408C"/>
     <w:rsid w:val="008E5566"/>
     <w:rsid w:val="008E6760"/>
     <w:rsid w:val="008E6C83"/>
@@ -9895,50 +10017,51 @@
     <w:rsid w:val="00A33D8F"/>
     <w:rsid w:val="00A33E4E"/>
     <w:rsid w:val="00A359C2"/>
     <w:rsid w:val="00A417A9"/>
     <w:rsid w:val="00A443B3"/>
     <w:rsid w:val="00A46BAA"/>
     <w:rsid w:val="00A50EDD"/>
     <w:rsid w:val="00A55C15"/>
     <w:rsid w:val="00A57022"/>
     <w:rsid w:val="00A574CB"/>
     <w:rsid w:val="00A60239"/>
     <w:rsid w:val="00A607FD"/>
     <w:rsid w:val="00A62793"/>
     <w:rsid w:val="00A62DAD"/>
     <w:rsid w:val="00A63BDF"/>
     <w:rsid w:val="00A6453E"/>
     <w:rsid w:val="00A66616"/>
     <w:rsid w:val="00A72F05"/>
     <w:rsid w:val="00A75E06"/>
     <w:rsid w:val="00A76062"/>
     <w:rsid w:val="00A77372"/>
     <w:rsid w:val="00A81F71"/>
     <w:rsid w:val="00A83638"/>
     <w:rsid w:val="00A90B22"/>
     <w:rsid w:val="00A9152D"/>
+    <w:rsid w:val="00A95487"/>
     <w:rsid w:val="00A96638"/>
     <w:rsid w:val="00AA0B1F"/>
     <w:rsid w:val="00AA0C3D"/>
     <w:rsid w:val="00AA16CC"/>
     <w:rsid w:val="00AA1916"/>
     <w:rsid w:val="00AA232E"/>
     <w:rsid w:val="00AA2D03"/>
     <w:rsid w:val="00AA55CF"/>
     <w:rsid w:val="00AA5EFE"/>
     <w:rsid w:val="00AA79F5"/>
     <w:rsid w:val="00AB0C34"/>
     <w:rsid w:val="00AB0EBE"/>
     <w:rsid w:val="00AB1D9A"/>
     <w:rsid w:val="00AB23F8"/>
     <w:rsid w:val="00AB2AC4"/>
     <w:rsid w:val="00AB2D85"/>
     <w:rsid w:val="00AB3DC1"/>
     <w:rsid w:val="00AB4D50"/>
     <w:rsid w:val="00AB5CA2"/>
     <w:rsid w:val="00AB678A"/>
     <w:rsid w:val="00AB71B3"/>
     <w:rsid w:val="00AB71E1"/>
     <w:rsid w:val="00AC072C"/>
     <w:rsid w:val="00AC14E5"/>
     <w:rsid w:val="00AC1537"/>
@@ -10552,95 +10675,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -14521,81 +14647,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F6A1326-FC48-452A-93D9-69736029CF4C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5ECF9CC-3D5F-4451-A76C-AC17DA2A4F36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1347</Words>
-  <Characters>768</Characters>
+  <Words>1350</Words>
+  <Characters>771</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2111</CharactersWithSpaces>
+  <CharactersWithSpaces>2117</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>